--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,65 +1,64 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
+  <fileVersion appName="xl" lastEdited="6" lowestEdited="7" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="U:\Domain 2 - Economic Statistics\2.4 Sectoral\2.4.5 Tourism\Monthly Tourism Data Files\2025\Released Data Files\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{43857469-AA87-48B9-9FF3-27EB44831662}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="30015" yWindow="30" windowWidth="26070" windowHeight="15600" tabRatio="601" xr2:uid="{47592FC0-6969-4D61-B14F-A70B475E009E}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="601"/>
   </bookViews>
   <sheets>
-    <sheet name="Tourism Summary June 2025" sheetId="9" r:id="rId1"/>
+    <sheet name="Tourism Summary August 2025" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tourism Summary June 2025'!$A$51:$P$89</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tourism Summary August 2025'!$A$51:$P$89</definedName>
     <definedName name="_xlnm.Print_Area">#REF!</definedName>
-    <definedName name="PRINT_AREA_MI" localSheetId="0">'Tourism Summary June 2025'!$B$51:$K$56</definedName>
+    <definedName name="PRINT_AREA_MI" localSheetId="0">'Tourism Summary August 2025'!$B$51:$K$56</definedName>
     <definedName name="PRINT_AREA_MI">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="461" uniqueCount="94">
   <si>
     <t>TOTAL</t>
   </si>
   <si>
@@ -344,61 +343,61 @@
   <si>
     <t>Excursionist Arrivals by Country of Residence 2025</t>
   </si>
   <si>
     <t>Visitor Arrivals by Country of Residence 2025/2024 percentage change</t>
   </si>
   <si>
     <t>Tourist Arrivals by Country of Residence 2025/2024 percentage change</t>
   </si>
   <si>
     <t>Excursionist Arrivals by Country of Residence 2025/2024 percentage change</t>
   </si>
   <si>
     <t>Tourist Arrivals by Length of Stay 2025</t>
   </si>
   <si>
     <t>Avg 2025</t>
   </si>
   <si>
     <t>% Change 25/24</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <numFmts count="9">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
-    <numFmt numFmtId="178" formatCode="0_)"/>
-[...6 lines deleted...]
-    <numFmt numFmtId="191" formatCode="0.0000_)"/>
+    <numFmt numFmtId="164" formatCode="0_)"/>
+    <numFmt numFmtId="165" formatCode="0.00_)"/>
+    <numFmt numFmtId="166" formatCode="0.0%"/>
+    <numFmt numFmtId="167" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="168" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
+    <numFmt numFmtId="169" formatCode="0.0"/>
+    <numFmt numFmtId="170" formatCode="0.000_)"/>
+    <numFmt numFmtId="171" formatCode="0.0000_)"/>
   </numFmts>
   <fonts count="39" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="13"/>
       <name val="Helv"/>
     </font>
@@ -1068,51 +1067,51 @@
       </left>
       <right style="thin">
         <color rgb="FF3F3F3F"/>
       </right>
       <top style="thin">
         <color rgb="FF3F3F3F"/>
       </top>
       <bottom style="thin">
         <color rgb="FF3F3F3F"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="56">
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="23" fillId="35" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
@@ -1125,491 +1124,492 @@
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="38" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="13" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="14" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="15" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="31" fillId="39" borderId="11" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1"/>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="16" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="33" fillId="40" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="21" fillId="41" borderId="17" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="34" fillId="36" borderId="18" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1"/>
     <xf numFmtId="0" fontId="35" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="0"/>
     <xf numFmtId="0" fontId="36" fillId="0" borderId="19" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1"/>
     <xf numFmtId="0" fontId="37" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="114">
-[...2 lines deleted...]
-    <xf numFmtId="178" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+  <cellXfs count="115">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="181" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="187" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="179" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="181" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="46" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="181" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="183" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="9" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="183" fontId="5" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="183" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="181" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="183" fontId="5" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="5" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="178" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="164" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="181" fontId="17" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="181" fontId="18" fillId="7" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="7" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="182" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="6" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="17" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="182" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="182" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="182" fontId="18" fillId="7" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="18" fillId="7" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="28" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="182" fontId="18" fillId="8" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="167" fontId="18" fillId="8" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="178" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="164" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="178" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="181" fontId="18" fillId="8" borderId="3" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="18" fillId="8" borderId="3" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="43" fontId="0" fillId="0" borderId="0" xfId="28" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="187" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="181" fontId="8" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="181" fontId="5" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="7" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="8" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="5" borderId="9" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="7" borderId="9" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="9" borderId="10" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="183" fontId="18" fillId="8" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="18" fillId="8" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="178" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="5" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="3" fontId="18" fillId="9" borderId="3" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="2" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="5" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="38" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="181" fontId="0" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="183" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="17" fillId="0" borderId="6" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="183" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="168" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
-    <xf numFmtId="187" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="170" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="43" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="184" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="17" fillId="0" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="16" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="181" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="5" xfId="28" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="191" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="183" fontId="18" fillId="7" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="171" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="168" fontId="18" fillId="7" borderId="0" xfId="28" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="12" fontId="6" fillId="0" borderId="0" xfId="46" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="178" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="10" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="10" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="178" fontId="19" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="164" fontId="19" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="56">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="23" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="24" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="25" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="26" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="27" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Comma" xfId="28" builtinId="3"/>
-    <cellStyle name="Comma 2" xfId="29" xr:uid="{C571DEA9-2ABB-4823-8447-E3C24B3E3224}"/>
-[...1 lines deleted...]
-    <cellStyle name="Data   - Style2" xfId="31" xr:uid="{38822F88-EDEE-451C-9928-6082C91301BE}"/>
+    <cellStyle name="Comma 2" xfId="29"/>
+    <cellStyle name="Custom - Style1" xfId="30"/>
+    <cellStyle name="Data   - Style2" xfId="31"/>
     <cellStyle name="Explanatory Text" xfId="32" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="33" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="34" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="35" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="36" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="37" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="38" builtinId="20" customBuiltin="1"/>
-    <cellStyle name="Labels - Style3" xfId="39" xr:uid="{261B814B-DC9C-4409-9B1A-C7E93D6019EF}"/>
+    <cellStyle name="Labels - Style3" xfId="39"/>
     <cellStyle name="Linked Cell" xfId="40" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="41" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2 2" xfId="42" xr:uid="{5A911460-8DA7-4E40-9E11-B967B006D934}"/>
-[...1 lines deleted...]
-    <cellStyle name="Note 2" xfId="44" xr:uid="{53A7910F-C60C-49D6-978F-2C02DC771BC8}"/>
+    <cellStyle name="Normal 2 2" xfId="42"/>
+    <cellStyle name="Normal 3" xfId="43"/>
+    <cellStyle name="Note 2" xfId="44"/>
     <cellStyle name="Output" xfId="45" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Percent" xfId="46" builtinId="5"/>
-    <cellStyle name="Percent 2" xfId="47" xr:uid="{13180D29-F6F1-464F-966B-629B2F39CBF3}"/>
-[...1 lines deleted...]
-    <cellStyle name="Table  - Style5" xfId="49" xr:uid="{E39A512F-CA63-4E0D-83BC-92F0DD08FC92}"/>
+    <cellStyle name="Percent 2" xfId="47"/>
+    <cellStyle name="Reset  - Style4" xfId="48"/>
+    <cellStyle name="Table  - Style5" xfId="49"/>
     <cellStyle name="Title" xfId="50" builtinId="15" customBuiltin="1"/>
-    <cellStyle name="Title  - Style6" xfId="51" xr:uid="{64340693-0BC2-4BC9-80DE-007A9BA3C692}"/>
+    <cellStyle name="Title  - Style6" xfId="51"/>
     <cellStyle name="Total" xfId="52" builtinId="25" customBuiltin="1"/>
-    <cellStyle name="TotCol - Style7" xfId="53" xr:uid="{67A8A8DD-7740-4E49-80B7-BC7733C3C2E8}"/>
-    <cellStyle name="TotRow - Style8" xfId="54" xr:uid="{BE35AF73-9455-4DC1-9E62-5C0C9147FEC9}"/>
+    <cellStyle name="TotCol - Style7" xfId="53"/>
+    <cellStyle name="TotRow - Style8" xfId="54"/>
     <cellStyle name="Warning Text" xfId="55" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2007 - 2010">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2007 - 2010">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2007 - 2010">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -1742,61 +1742,61 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7D8C248C-5CB7-41B3-AE05-9026A70D0DDA}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr transitionEvaluation="1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B2:AN336"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="2" ySplit="12" topLeftCell="C13" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="2" ySplit="12" topLeftCell="C181" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="A13" sqref="A13"/>
-      <selection pane="bottomRight" activeCell="U20" sqref="U20"/>
+      <selection pane="bottomRight" activeCell="AI109" sqref="AI109"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.6640625" style="28" customWidth="1"/>
     <col min="2" max="2" width="6.21875" style="4" customWidth="1"/>
     <col min="3" max="3" width="9" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8.44140625" style="4" customWidth="1"/>
     <col min="5" max="5" width="8.21875" style="4" bestFit="1" customWidth="1"/>
     <col min="6" max="7" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="8.21875" style="4" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="8.33203125" style="4" customWidth="1"/>
     <col min="10" max="11" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="12" max="13" width="8.44140625" style="5" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="8.88671875" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="8.44140625" style="4" customWidth="1"/>
     <col min="18" max="23" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="24" max="25" width="9.109375" style="4" bestFit="1" customWidth="1"/>
     <col min="26" max="27" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="28" max="28" width="8.21875" style="4" bestFit="1" customWidth="1"/>
     <col min="29" max="29" width="8.109375" style="4" bestFit="1" customWidth="1"/>
     <col min="30" max="31" width="8.44140625" style="4" bestFit="1" customWidth="1"/>
     <col min="32" max="32" width="8.44140625" style="4" customWidth="1"/>
@@ -1829,81 +1829,81 @@
     <row r="5" spans="2:36" ht="6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="31"/>
     </row>
     <row r="6" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B6" s="31" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B7" s="31" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B8" s="32" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="9" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B9" s="32" t="s">
         <v>67</v>
       </c>
       <c r="O9" s="3"/>
     </row>
     <row r="11" spans="2:36" x14ac:dyDescent="0.25">
-      <c r="B11" s="107" t="s">
+      <c r="B11" s="108" t="s">
         <v>79</v>
       </c>
-      <c r="C11" s="107"/>
-[...26 lines deleted...]
-      <c r="AD11" s="107"/>
+      <c r="C11" s="108"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="108"/>
+      <c r="G11" s="108"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="108"/>
+      <c r="J11" s="108"/>
+      <c r="K11" s="108"/>
+      <c r="L11" s="108"/>
+      <c r="M11" s="108"/>
+      <c r="N11" s="108"/>
+      <c r="O11" s="108"/>
+      <c r="P11" s="108"/>
+      <c r="Q11" s="108"/>
+      <c r="R11" s="108"/>
+      <c r="S11" s="108"/>
+      <c r="T11" s="108"/>
+      <c r="U11" s="108"/>
+      <c r="V11" s="108"/>
+      <c r="W11" s="108"/>
+      <c r="X11" s="108"/>
+      <c r="Y11" s="108"/>
+      <c r="Z11" s="108"/>
+      <c r="AA11" s="108"/>
+      <c r="AB11" s="108"/>
+      <c r="AC11" s="108"/>
+      <c r="AD11" s="108"/>
       <c r="AE11" s="83"/>
       <c r="AF11" s="83"/>
       <c r="AG11" s="83"/>
       <c r="AH11" s="83"/>
       <c r="AI11" s="83"/>
     </row>
     <row r="12" spans="2:36" s="33" customFormat="1" ht="26.65" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B12" s="34" t="s">
         <v>8</v>
       </c>
       <c r="C12" s="35">
         <v>1993</v>
       </c>
       <c r="D12" s="35">
         <v>1994</v>
       </c>
       <c r="E12" s="35">
         <v>1995</v>
       </c>
       <c r="F12" s="35">
         <v>1996</v>
       </c>
       <c r="G12" s="35">
         <v>1997</v>
       </c>
@@ -2929,52 +2929,56 @@
       </c>
       <c r="AA21" s="74">
         <v>19092</v>
       </c>
       <c r="AB21" s="74">
         <v>8110</v>
       </c>
       <c r="AC21" s="74">
         <v>16377</v>
       </c>
       <c r="AD21" s="74">
         <v>4</v>
       </c>
       <c r="AE21" s="74">
         <v>4889</v>
       </c>
       <c r="AF21" s="74">
         <v>8854</v>
       </c>
       <c r="AG21" s="74">
         <v>13037</v>
       </c>
       <c r="AH21" s="74">
         <v>18567</v>
       </c>
-      <c r="AI21" s="74"/>
-      <c r="AJ21" s="38"/>
+      <c r="AI21" s="74">
+        <v>22561</v>
+      </c>
+      <c r="AJ21" s="38">
+        <v>0.21511283459901975</v>
+      </c>
     </row>
     <row r="22" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B22" s="37" t="s">
         <v>50</v>
       </c>
       <c r="C22" s="74">
         <v>10622</v>
       </c>
       <c r="D22" s="74">
         <v>12180</v>
       </c>
       <c r="E22" s="74">
         <v>12299</v>
       </c>
       <c r="F22" s="74">
         <v>8600</v>
       </c>
       <c r="G22" s="74">
         <v>10497</v>
       </c>
       <c r="H22" s="75">
         <v>10448</v>
       </c>
       <c r="I22" s="75">
         <v>11777</v>
@@ -3032,52 +3036,56 @@
       </c>
       <c r="AA22" s="74">
         <v>17588</v>
       </c>
       <c r="AB22" s="74">
         <v>10037</v>
       </c>
       <c r="AC22" s="74">
         <v>16575</v>
       </c>
       <c r="AD22" s="74">
         <v>41</v>
       </c>
       <c r="AE22" s="74">
         <v>2639</v>
       </c>
       <c r="AF22" s="74">
         <v>7829</v>
       </c>
       <c r="AG22" s="74">
         <v>10937</v>
       </c>
       <c r="AH22" s="74">
         <v>15869</v>
       </c>
-      <c r="AI22" s="74"/>
-      <c r="AJ22" s="38"/>
+      <c r="AI22" s="74">
+        <v>17905</v>
+      </c>
+      <c r="AJ22" s="38">
+        <v>0.12830046001638415</v>
+      </c>
     </row>
     <row r="23" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B23" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C23" s="74">
         <v>5600</v>
       </c>
       <c r="D23" s="74">
         <v>6398</v>
       </c>
       <c r="E23" s="74">
         <v>1702</v>
       </c>
       <c r="F23" s="74">
         <v>3642</v>
       </c>
       <c r="G23" s="74">
         <v>3804</v>
       </c>
       <c r="H23" s="75">
         <v>3840</v>
       </c>
       <c r="I23" s="75">
         <v>4873</v>
@@ -3238,51 +3246,53 @@
       </c>
       <c r="AA24" s="76">
         <v>37333</v>
       </c>
       <c r="AB24" s="76">
         <v>21567</v>
       </c>
       <c r="AC24" s="76">
         <v>36956</v>
       </c>
       <c r="AD24" s="76">
         <v>90</v>
       </c>
       <c r="AE24" s="76">
         <v>7971</v>
       </c>
       <c r="AF24" s="76">
         <v>19408</v>
       </c>
       <c r="AG24" s="76">
         <v>28345</v>
       </c>
       <c r="AH24" s="76">
         <v>41126</v>
       </c>
-      <c r="AI24" s="76"/>
+      <c r="AI24" s="76">
+        <v>40466</v>
+      </c>
       <c r="AJ24" s="40"/>
     </row>
     <row r="25" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B25" s="37" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="74">
         <v>7379</v>
       </c>
       <c r="D25" s="74">
         <v>8770</v>
       </c>
       <c r="E25" s="74">
         <v>1694</v>
       </c>
       <c r="F25" s="74">
         <v>5983</v>
       </c>
       <c r="G25" s="74">
         <v>6769</v>
       </c>
       <c r="H25" s="75">
         <v>6138</v>
       </c>
       <c r="I25" s="75">
@@ -3754,51 +3764,51 @@
       <c r="AA29" s="77">
         <v>150678</v>
       </c>
       <c r="AB29" s="77">
         <v>87345</v>
       </c>
       <c r="AC29" s="77">
         <v>166351</v>
       </c>
       <c r="AD29" s="77">
         <v>41093</v>
       </c>
       <c r="AE29" s="77">
         <v>28696</v>
       </c>
       <c r="AF29" s="77">
         <v>95767</v>
       </c>
       <c r="AG29" s="77">
         <v>155732</v>
       </c>
       <c r="AH29" s="77">
         <v>206496</v>
       </c>
       <c r="AI29" s="77">
-        <v>126841</v>
+        <v>167307</v>
       </c>
       <c r="AJ29" s="67"/>
     </row>
     <row r="30" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B30" s="1"/>
       <c r="C30" s="1"/>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1"/>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
@@ -4914,54 +4924,58 @@
       </c>
       <c r="AA41" s="74">
         <v>8084</v>
       </c>
       <c r="AB41" s="74">
         <v>5251</v>
       </c>
       <c r="AC41" s="74">
         <v>8852</v>
       </c>
       <c r="AD41" s="74">
         <v>4</v>
       </c>
       <c r="AE41" s="74">
         <v>4884</v>
       </c>
       <c r="AF41" s="74">
         <v>7932</v>
       </c>
       <c r="AG41" s="74">
         <v>8040</v>
       </c>
       <c r="AH41" s="74">
         <v>9675</v>
       </c>
-      <c r="AI41" s="74"/>
-      <c r="AJ41" s="38"/>
+      <c r="AI41" s="74">
+        <v>10080</v>
+      </c>
+      <c r="AJ41" s="38">
+        <v>4.1860465116279069E-2</v>
+      </c>
       <c r="AK41" s="71"/>
-      <c r="AL41" s="97"/>
+      <c r="AL41" s="24"/>
     </row>
     <row r="42" spans="2:39" x14ac:dyDescent="0.25">
       <c r="B42" s="37" t="s">
         <v>50</v>
       </c>
       <c r="C42" s="74">
         <v>2776</v>
       </c>
       <c r="D42" s="74">
         <v>2995</v>
       </c>
       <c r="E42" s="74">
         <v>3688</v>
       </c>
       <c r="F42" s="74">
         <v>2687</v>
       </c>
       <c r="G42" s="74">
         <v>3226</v>
       </c>
       <c r="H42" s="75">
         <v>3403</v>
       </c>
       <c r="I42" s="75">
         <v>3806</v>
@@ -5019,53 +5033,58 @@
       </c>
       <c r="AA42" s="74">
         <v>7428</v>
       </c>
       <c r="AB42" s="74">
         <v>6394</v>
       </c>
       <c r="AC42" s="74">
         <v>8903</v>
       </c>
       <c r="AD42" s="74">
         <v>38</v>
       </c>
       <c r="AE42" s="74">
         <v>2632</v>
       </c>
       <c r="AF42" s="74">
         <v>4822</v>
       </c>
       <c r="AG42" s="74">
         <v>5900</v>
       </c>
       <c r="AH42" s="74">
         <v>7563</v>
       </c>
-      <c r="AI42" s="74"/>
-[...1 lines deleted...]
-      <c r="AK42" s="93"/>
+      <c r="AI42" s="74">
+        <v>7026</v>
+      </c>
+      <c r="AJ42" s="38">
+        <v>-7.1003570011900038E-2</v>
+      </c>
+      <c r="AK42" s="71"/>
+      <c r="AL42" s="24"/>
     </row>
     <row r="43" spans="2:39" x14ac:dyDescent="0.25">
       <c r="B43" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C43" s="74">
         <v>1432</v>
       </c>
       <c r="D43" s="74">
         <v>1688</v>
       </c>
       <c r="E43" s="74">
         <v>825</v>
       </c>
       <c r="F43" s="74">
         <v>1354</v>
       </c>
       <c r="G43" s="74">
         <v>1207</v>
       </c>
       <c r="H43" s="75">
         <v>1157</v>
       </c>
       <c r="I43" s="75">
         <v>1765</v>
@@ -5744,53 +5763,51 @@
       </c>
       <c r="AA49" s="77">
         <v>68254</v>
       </c>
       <c r="AB49" s="77">
         <v>54533</v>
       </c>
       <c r="AC49" s="77">
         <v>95375</v>
       </c>
       <c r="AD49" s="77">
         <v>25381</v>
       </c>
       <c r="AE49" s="77">
         <v>28376</v>
       </c>
       <c r="AF49" s="77">
         <v>74053</v>
       </c>
       <c r="AG49" s="77">
         <v>95944</v>
       </c>
       <c r="AH49" s="77">
         <v>111639</v>
       </c>
-      <c r="AI49" s="77">
-[...1 lines deleted...]
-      </c>
+      <c r="AI49" s="77"/>
       <c r="AJ49" s="67"/>
     </row>
     <row r="50" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B50" s="1"/>
       <c r="C50" s="1"/>
       <c r="D50" s="1"/>
       <c r="E50" s="1"/>
       <c r="F50" s="1"/>
       <c r="G50" s="1"/>
       <c r="H50" s="1"/>
       <c r="I50" s="1"/>
       <c r="J50" s="1"/>
       <c r="K50" s="1"/>
       <c r="L50" s="1"/>
       <c r="M50" s="1"/>
       <c r="N50" s="1"/>
       <c r="O50" s="1"/>
       <c r="P50" s="1"/>
       <c r="Q50" s="1"/>
       <c r="R50" s="1"/>
       <c r="S50" s="1"/>
       <c r="T50" s="1"/>
       <c r="U50" s="1"/>
       <c r="V50" s="1"/>
       <c r="W50" s="1"/>
@@ -6893,52 +6910,56 @@
       </c>
       <c r="AA61" s="74">
         <v>11008</v>
       </c>
       <c r="AB61" s="74">
         <v>2859</v>
       </c>
       <c r="AC61" s="74">
         <v>7525</v>
       </c>
       <c r="AD61" s="74">
         <v>0</v>
       </c>
       <c r="AE61" s="74">
         <v>5</v>
       </c>
       <c r="AF61" s="74">
         <v>922</v>
       </c>
       <c r="AG61" s="74">
         <v>4997</v>
       </c>
       <c r="AH61" s="74">
         <v>8892</v>
       </c>
-      <c r="AI61" s="74"/>
-      <c r="AJ61" s="38"/>
+      <c r="AI61" s="74">
+        <v>12481</v>
+      </c>
+      <c r="AJ61" s="38">
+        <v>0.403621232568601</v>
+      </c>
       <c r="AK61" s="93"/>
     </row>
     <row r="62" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B62" s="37" t="s">
         <v>50</v>
       </c>
       <c r="C62" s="74">
         <v>7846</v>
       </c>
       <c r="D62" s="74">
         <v>9185</v>
       </c>
       <c r="E62" s="74">
         <v>8611</v>
       </c>
       <c r="F62" s="74">
         <v>5913</v>
       </c>
       <c r="G62" s="74">
         <v>7271</v>
       </c>
       <c r="H62" s="75">
         <v>7045</v>
       </c>
       <c r="I62" s="75">
@@ -6997,52 +7018,57 @@
       </c>
       <c r="AA62" s="74">
         <v>10160</v>
       </c>
       <c r="AB62" s="74">
         <v>3643</v>
       </c>
       <c r="AC62" s="74">
         <v>7672</v>
       </c>
       <c r="AD62" s="74">
         <v>3</v>
       </c>
       <c r="AE62" s="74">
         <v>7</v>
       </c>
       <c r="AF62" s="74">
         <v>3007</v>
       </c>
       <c r="AG62" s="74">
         <v>5037</v>
       </c>
       <c r="AH62" s="74">
         <v>8306</v>
       </c>
-      <c r="AI62" s="74"/>
-      <c r="AJ62" s="38"/>
+      <c r="AI62" s="74">
+        <v>10879</v>
+      </c>
+      <c r="AJ62" s="38">
+        <v>0.30977606549482301</v>
+      </c>
+      <c r="AK62" s="107"/>
     </row>
     <row r="63" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B63" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C63" s="74">
         <v>4168</v>
       </c>
       <c r="D63" s="74">
         <v>4710</v>
       </c>
       <c r="E63" s="74">
         <v>877</v>
       </c>
       <c r="F63" s="74">
         <v>2288</v>
       </c>
       <c r="G63" s="74">
         <v>2597</v>
       </c>
       <c r="H63" s="75">
         <v>2683</v>
       </c>
       <c r="I63" s="75">
         <v>3108</v>
@@ -8861,52 +8887,56 @@
       </c>
       <c r="AA81" s="74">
         <v>26954</v>
       </c>
       <c r="AB81" s="74">
         <v>15948</v>
       </c>
       <c r="AC81" s="74">
         <v>24883</v>
       </c>
       <c r="AD81" s="74">
         <v>123</v>
       </c>
       <c r="AE81" s="74">
         <v>5843</v>
       </c>
       <c r="AF81" s="74">
         <v>12942</v>
       </c>
       <c r="AG81" s="74">
         <v>19471</v>
       </c>
       <c r="AH81" s="74">
         <v>25450</v>
       </c>
-      <c r="AI81" s="74"/>
-      <c r="AJ81" s="38"/>
+      <c r="AI81" s="74">
+        <v>30423</v>
+      </c>
+      <c r="AJ81" s="38">
+        <v>0.19540275049115913</v>
+      </c>
     </row>
     <row r="82" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B82" s="37" t="s">
         <v>50</v>
       </c>
       <c r="C82" s="74">
         <v>18924</v>
       </c>
       <c r="D82" s="74">
         <v>21300</v>
       </c>
       <c r="E82" s="74">
         <v>22018</v>
       </c>
       <c r="F82" s="74">
         <v>18597</v>
       </c>
       <c r="G82" s="74">
         <v>21238</v>
       </c>
       <c r="H82" s="75">
         <v>21337</v>
       </c>
       <c r="I82" s="75">
         <v>23064</v>
@@ -8964,52 +8994,56 @@
       </c>
       <c r="AA82" s="74">
         <v>26147</v>
       </c>
       <c r="AB82" s="74">
         <v>18363</v>
       </c>
       <c r="AC82" s="74">
         <v>25237</v>
       </c>
       <c r="AD82" s="74">
         <v>127</v>
       </c>
       <c r="AE82" s="74">
         <v>3393</v>
       </c>
       <c r="AF82" s="74">
         <v>13013</v>
       </c>
       <c r="AG82" s="74">
         <v>18028</v>
       </c>
       <c r="AH82" s="74">
         <v>23353</v>
       </c>
-      <c r="AI82" s="74"/>
-      <c r="AJ82" s="38"/>
+      <c r="AI82" s="74">
+        <v>25794</v>
+      </c>
+      <c r="AJ82" s="38">
+        <v>0.10452618507258168</v>
+      </c>
     </row>
     <row r="83" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B83" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C83" s="74">
         <v>11615</v>
       </c>
       <c r="D83" s="74">
         <v>12308</v>
       </c>
       <c r="E83" s="74">
         <v>5875</v>
       </c>
       <c r="F83" s="74">
         <v>8971</v>
       </c>
       <c r="G83" s="74">
         <v>9696</v>
       </c>
       <c r="H83" s="75">
         <v>10239</v>
       </c>
       <c r="I83" s="75">
         <v>12422</v>
@@ -9685,53 +9719,51 @@
       </c>
       <c r="AA89" s="77">
         <v>221796</v>
       </c>
       <c r="AB89" s="77">
         <v>167653</v>
       </c>
       <c r="AC89" s="77">
         <v>257963</v>
       </c>
       <c r="AD89" s="77">
         <v>60014</v>
       </c>
       <c r="AE89" s="77">
         <v>34942</v>
       </c>
       <c r="AF89" s="77">
         <v>139447</v>
       </c>
       <c r="AG89" s="77">
         <v>226480</v>
       </c>
       <c r="AH89" s="77">
         <v>284858</v>
       </c>
-      <c r="AI89" s="77">
-[...1 lines deleted...]
-      </c>
+      <c r="AI89" s="77"/>
       <c r="AJ89" s="67"/>
     </row>
     <row r="90" spans="2:37" x14ac:dyDescent="0.25">
       <c r="B90" s="1"/>
       <c r="C90" s="20"/>
       <c r="D90" s="20"/>
       <c r="E90" s="20"/>
       <c r="F90" s="20"/>
       <c r="G90" s="20"/>
       <c r="H90" s="20"/>
       <c r="I90" s="20"/>
       <c r="J90" s="20"/>
       <c r="K90" s="20"/>
       <c r="L90" s="20"/>
       <c r="M90" s="20"/>
       <c r="N90" s="20"/>
       <c r="O90" s="20"/>
       <c r="P90" s="20"/>
       <c r="Q90" s="6"/>
       <c r="R90" s="3"/>
       <c r="AB90" s="12"/>
       <c r="AC90" s="12"/>
       <c r="AD90" s="12"/>
       <c r="AE90" s="12"/>
       <c r="AF90" s="12"/>
@@ -10821,52 +10853,56 @@
       </c>
       <c r="AA101" s="74">
         <v>26307</v>
       </c>
       <c r="AB101" s="74">
         <v>15165</v>
       </c>
       <c r="AC101" s="74">
         <v>24168</v>
       </c>
       <c r="AD101" s="74">
         <v>250</v>
       </c>
       <c r="AE101" s="74">
         <v>5104</v>
       </c>
       <c r="AF101" s="74">
         <v>11975</v>
       </c>
       <c r="AG101" s="74">
         <v>19101</v>
       </c>
       <c r="AH101" s="74">
         <v>24368</v>
       </c>
-      <c r="AI101" s="74"/>
-      <c r="AJ101" s="38"/>
+      <c r="AI101" s="74">
+        <v>29626</v>
+      </c>
+      <c r="AJ101" s="38">
+        <v>0.2157747866053841</v>
+      </c>
     </row>
     <row r="102" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B102" s="37" t="s">
         <v>50</v>
       </c>
       <c r="C102" s="74">
         <v>20241</v>
       </c>
       <c r="D102" s="74">
         <v>22906</v>
       </c>
       <c r="E102" s="74">
         <v>22409</v>
       </c>
       <c r="F102" s="74">
         <v>19176</v>
       </c>
       <c r="G102" s="74">
         <v>21983</v>
       </c>
       <c r="H102" s="75">
         <v>22352</v>
       </c>
       <c r="I102" s="75">
         <v>24516</v>
@@ -10924,52 +10960,56 @@
       </c>
       <c r="AA102" s="74">
         <v>29615</v>
       </c>
       <c r="AB102" s="74">
         <v>19694</v>
       </c>
       <c r="AC102" s="74">
         <v>27367</v>
       </c>
       <c r="AD102" s="74">
         <v>224</v>
       </c>
       <c r="AE102" s="74">
         <v>4675</v>
       </c>
       <c r="AF102" s="74">
         <v>15830</v>
       </c>
       <c r="AG102" s="74">
         <v>20277</v>
       </c>
       <c r="AH102" s="74">
         <v>26482</v>
       </c>
-      <c r="AI102" s="74"/>
-      <c r="AJ102" s="38"/>
+      <c r="AI102" s="74">
+        <v>28889</v>
+      </c>
+      <c r="AJ102" s="38">
+        <v>9.089192659164716E-2</v>
+      </c>
     </row>
     <row r="103" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B103" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C103" s="74">
         <v>11484</v>
       </c>
       <c r="D103" s="74">
         <v>12189</v>
       </c>
       <c r="E103" s="74">
         <v>5968</v>
       </c>
       <c r="F103" s="74">
         <v>8867</v>
       </c>
       <c r="G103" s="74">
         <v>9628</v>
       </c>
       <c r="H103" s="75">
         <v>10492</v>
       </c>
       <c r="I103" s="75">
         <v>12266</v>
@@ -11645,53 +11685,51 @@
       </c>
       <c r="AA109" s="77">
         <v>225214</v>
       </c>
       <c r="AB109" s="77">
         <v>163442</v>
       </c>
       <c r="AC109" s="77">
         <v>255855</v>
       </c>
       <c r="AD109" s="77">
         <v>61836</v>
       </c>
       <c r="AE109" s="77">
         <v>33688</v>
       </c>
       <c r="AF109" s="77">
         <v>139095</v>
       </c>
       <c r="AG109" s="77">
         <v>224742</v>
       </c>
       <c r="AH109" s="77">
         <v>283941</v>
       </c>
-      <c r="AI109" s="77">
-[...1 lines deleted...]
-      </c>
+      <c r="AI109" s="77"/>
       <c r="AJ109" s="67"/>
     </row>
     <row r="110" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B110" s="1"/>
       <c r="C110" s="20"/>
       <c r="D110" s="20"/>
       <c r="E110" s="20"/>
       <c r="F110" s="20"/>
       <c r="G110" s="20"/>
       <c r="H110" s="20"/>
       <c r="I110" s="20"/>
       <c r="J110" s="20"/>
       <c r="K110" s="20"/>
       <c r="L110" s="20"/>
       <c r="M110" s="20"/>
       <c r="N110" s="20"/>
       <c r="O110" s="20"/>
       <c r="P110" s="20"/>
       <c r="Q110" s="6"/>
       <c r="AJ110" s="38"/>
     </row>
     <row r="111" spans="2:36" ht="20.25" x14ac:dyDescent="0.3">
       <c r="B111" s="42" t="s">
         <v>76</v>
       </c>
@@ -12545,51 +12583,51 @@
       <c r="H125" s="75">
         <v>734</v>
       </c>
       <c r="I125" s="75">
         <v>341</v>
       </c>
       <c r="J125" s="74">
         <v>845</v>
       </c>
       <c r="K125" s="74">
         <v>978</v>
       </c>
       <c r="L125" s="75">
         <v>428</v>
       </c>
       <c r="M125" s="75">
         <v>9105</v>
       </c>
       <c r="N125" s="88"/>
       <c r="O125" s="6"/>
       <c r="P125" s="6"/>
       <c r="Q125" s="6"/>
       <c r="R125" s="6"/>
       <c r="S125" s="6"/>
       <c r="T125" s="6"/>
-      <c r="U125" s="6"/>
+      <c r="U125" s="52"/>
       <c r="V125" s="6"/>
       <c r="W125" s="6"/>
       <c r="X125" s="6"/>
       <c r="Y125" s="6"/>
       <c r="Z125" s="6"/>
       <c r="AA125" s="6"/>
       <c r="AB125" s="6"/>
       <c r="AC125" s="6"/>
       <c r="AD125" s="6"/>
       <c r="AE125" s="6"/>
       <c r="AF125" s="6"/>
       <c r="AG125" s="6"/>
       <c r="AH125" s="6"/>
       <c r="AI125" s="6"/>
       <c r="AJ125" s="6"/>
     </row>
     <row r="126" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B126" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C126" s="74">
         <v>10872</v>
       </c>
       <c r="D126" s="74">
         <v>1230</v>
@@ -15778,100 +15816,144 @@
       <c r="Q180" s="6"/>
       <c r="R180" s="6"/>
       <c r="S180" s="6"/>
       <c r="T180" s="6"/>
       <c r="U180" s="6"/>
       <c r="V180" s="6"/>
       <c r="W180" s="6"/>
       <c r="X180" s="6"/>
       <c r="Y180" s="6"/>
       <c r="Z180" s="6"/>
       <c r="AA180" s="6"/>
       <c r="AB180" s="6"/>
       <c r="AC180" s="6"/>
       <c r="AD180" s="6"/>
       <c r="AE180" s="6"/>
       <c r="AF180" s="6"/>
       <c r="AG180" s="6"/>
       <c r="AH180" s="6"/>
       <c r="AI180" s="6"/>
       <c r="AJ180" s="6"/>
     </row>
     <row r="181" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B181" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C181" s="74"/>
-[...9 lines deleted...]
-      <c r="M181" s="75"/>
+      <c r="C181" s="74">
+        <v>15523</v>
+      </c>
+      <c r="D181" s="74">
+        <v>967</v>
+      </c>
+      <c r="E181" s="74">
+        <v>489</v>
+      </c>
+      <c r="F181" s="74">
+        <v>125</v>
+      </c>
+      <c r="G181" s="74">
+        <v>62</v>
+      </c>
+      <c r="H181" s="74">
+        <v>1650</v>
+      </c>
+      <c r="I181" s="74">
+        <v>559</v>
+      </c>
+      <c r="J181" s="74">
+        <v>873</v>
+      </c>
+      <c r="K181" s="74">
+        <v>1550</v>
+      </c>
+      <c r="L181" s="74">
+        <v>763</v>
+      </c>
+      <c r="M181" s="75">
+        <v>22561</v>
+      </c>
       <c r="N181" s="6"/>
       <c r="O181" s="6"/>
       <c r="P181" s="6"/>
       <c r="Q181" s="6"/>
       <c r="R181" s="6"/>
       <c r="S181" s="6"/>
       <c r="T181" s="6"/>
       <c r="U181" s="6"/>
       <c r="V181" s="6"/>
       <c r="W181" s="6"/>
       <c r="X181" s="6"/>
       <c r="Y181" s="6"/>
       <c r="Z181" s="6"/>
       <c r="AA181" s="6"/>
       <c r="AB181" s="6"/>
       <c r="AC181" s="6"/>
       <c r="AD181" s="6"/>
       <c r="AE181" s="6"/>
       <c r="AF181" s="6"/>
       <c r="AG181" s="6"/>
       <c r="AH181" s="6"/>
       <c r="AI181" s="6"/>
       <c r="AJ181" s="6"/>
     </row>
     <row r="182" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B182" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C182" s="74"/>
-[...9 lines deleted...]
-      <c r="M182" s="75"/>
+      <c r="C182" s="74">
+        <v>10310</v>
+      </c>
+      <c r="D182" s="74">
+        <v>524</v>
+      </c>
+      <c r="E182" s="74">
+        <v>412</v>
+      </c>
+      <c r="F182" s="74">
+        <v>217</v>
+      </c>
+      <c r="G182" s="74">
+        <v>32</v>
+      </c>
+      <c r="H182" s="74">
+        <v>1762</v>
+      </c>
+      <c r="I182" s="74">
+        <v>1063</v>
+      </c>
+      <c r="J182" s="74">
+        <v>1130</v>
+      </c>
+      <c r="K182" s="74">
+        <v>1963</v>
+      </c>
+      <c r="L182" s="74">
+        <v>492</v>
+      </c>
+      <c r="M182" s="75">
+        <v>17905</v>
+      </c>
       <c r="N182" s="3"/>
       <c r="O182" s="6"/>
       <c r="P182" s="6"/>
       <c r="Q182" s="6"/>
       <c r="R182" s="6"/>
       <c r="S182" s="6"/>
       <c r="T182" s="6"/>
       <c r="U182" s="6"/>
       <c r="V182" s="6"/>
       <c r="W182" s="6"/>
       <c r="X182" s="6"/>
       <c r="Y182" s="6"/>
       <c r="Z182" s="6"/>
       <c r="AA182" s="6"/>
       <c r="AB182" s="6"/>
       <c r="AC182" s="6"/>
       <c r="AD182" s="6"/>
       <c r="AE182" s="6"/>
       <c r="AF182" s="6"/>
       <c r="AG182" s="6"/>
       <c r="AH182" s="6"/>
       <c r="AI182" s="6"/>
       <c r="AJ182" s="6"/>
     </row>
     <row r="183" spans="2:36" x14ac:dyDescent="0.25">
@@ -15895,61 +15977,83 @@
       <c r="Q183" s="6"/>
       <c r="R183" s="6"/>
       <c r="S183" s="6"/>
       <c r="T183" s="6"/>
       <c r="U183" s="6"/>
       <c r="V183" s="6"/>
       <c r="W183" s="6"/>
       <c r="X183" s="6"/>
       <c r="Y183" s="6"/>
       <c r="Z183" s="6"/>
       <c r="AA183" s="6"/>
       <c r="AB183" s="6"/>
       <c r="AC183" s="6"/>
       <c r="AD183" s="6"/>
       <c r="AE183" s="6"/>
       <c r="AF183" s="6"/>
       <c r="AG183" s="6"/>
       <c r="AH183" s="6"/>
       <c r="AI183" s="6"/>
       <c r="AJ183" s="6"/>
     </row>
     <row r="184" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B184" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C184" s="76"/>
-[...9 lines deleted...]
-      <c r="M184" s="76"/>
+      <c r="C184" s="76">
+        <v>25833</v>
+      </c>
+      <c r="D184" s="76">
+        <v>1491</v>
+      </c>
+      <c r="E184" s="76">
+        <v>901</v>
+      </c>
+      <c r="F184" s="76">
+        <v>342</v>
+      </c>
+      <c r="G184" s="76">
+        <v>94</v>
+      </c>
+      <c r="H184" s="76">
+        <v>3412</v>
+      </c>
+      <c r="I184" s="76">
+        <v>1622</v>
+      </c>
+      <c r="J184" s="76">
+        <v>2003</v>
+      </c>
+      <c r="K184" s="76">
+        <v>3513</v>
+      </c>
+      <c r="L184" s="76">
+        <v>1255</v>
+      </c>
+      <c r="M184" s="76">
+        <v>40466</v>
+      </c>
       <c r="N184" s="6"/>
       <c r="O184" s="6"/>
       <c r="P184" s="6"/>
       <c r="Q184" s="6"/>
       <c r="R184" s="6"/>
       <c r="S184" s="6"/>
       <c r="T184" s="6"/>
       <c r="U184" s="6"/>
       <c r="V184" s="6"/>
       <c r="W184" s="6"/>
       <c r="X184" s="6"/>
       <c r="Y184" s="6"/>
       <c r="Z184" s="6"/>
       <c r="AA184" s="6"/>
       <c r="AB184" s="6"/>
       <c r="AC184" s="6"/>
       <c r="AD184" s="6"/>
       <c r="AE184" s="6"/>
       <c r="AF184" s="6"/>
       <c r="AG184" s="6"/>
       <c r="AH184" s="6"/>
       <c r="AI184" s="6"/>
       <c r="AJ184" s="6"/>
     </row>
     <row r="185" spans="2:36" x14ac:dyDescent="0.25">
@@ -16091,81 +16195,81 @@
       <c r="R188" s="6"/>
       <c r="S188" s="6"/>
       <c r="T188" s="6"/>
       <c r="U188" s="6"/>
       <c r="V188" s="6"/>
       <c r="W188" s="6"/>
       <c r="X188" s="6"/>
       <c r="Y188" s="6"/>
       <c r="Z188" s="6"/>
       <c r="AA188" s="6"/>
       <c r="AB188" s="6"/>
       <c r="AC188" s="6"/>
       <c r="AD188" s="6"/>
       <c r="AE188" s="6"/>
       <c r="AF188" s="6"/>
       <c r="AG188" s="6"/>
       <c r="AH188" s="6"/>
       <c r="AI188" s="6"/>
       <c r="AJ188" s="6"/>
     </row>
     <row r="189" spans="2:36" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B189" s="41" t="s">
         <v>7</v>
       </c>
       <c r="C189" s="77">
-        <v>85104</v>
+        <v>110937</v>
       </c>
       <c r="D189" s="77">
-        <v>8461</v>
+        <v>9952</v>
       </c>
       <c r="E189" s="77">
-        <v>3255</v>
+        <v>4156</v>
       </c>
       <c r="F189" s="77">
-        <v>1378</v>
+        <v>1720</v>
       </c>
       <c r="G189" s="77">
-        <v>1133</v>
+        <v>1227</v>
       </c>
       <c r="H189" s="77">
-        <v>11595</v>
+        <v>15007</v>
       </c>
       <c r="I189" s="77">
-        <v>2426</v>
+        <v>4048</v>
       </c>
       <c r="J189" s="77">
-        <v>3555</v>
+        <v>5558</v>
       </c>
       <c r="K189" s="77">
-        <v>5410</v>
+        <v>8923</v>
       </c>
       <c r="L189" s="77">
-        <v>4524</v>
+        <v>5779</v>
       </c>
       <c r="M189" s="77">
-        <v>126841</v>
+        <v>167307</v>
       </c>
       <c r="N189" s="6"/>
       <c r="O189" s="6"/>
       <c r="P189" s="6"/>
       <c r="Q189" s="6"/>
       <c r="R189" s="6"/>
       <c r="S189" s="6"/>
       <c r="T189" s="6"/>
       <c r="U189" s="6"/>
       <c r="V189" s="6"/>
       <c r="W189" s="6"/>
       <c r="X189" s="6"/>
       <c r="Y189" s="6"/>
       <c r="Z189" s="6"/>
       <c r="AA189" s="6"/>
       <c r="AB189" s="6"/>
       <c r="AC189" s="6"/>
       <c r="AD189" s="6"/>
       <c r="AE189" s="6"/>
       <c r="AF189" s="6"/>
       <c r="AG189" s="6"/>
       <c r="AH189" s="6"/>
       <c r="AI189" s="6"/>
       <c r="AJ189" s="6"/>
     </row>
@@ -16774,100 +16878,144 @@
       <c r="Q200" s="6"/>
       <c r="R200" s="6"/>
       <c r="S200" s="6"/>
       <c r="T200" s="6"/>
       <c r="U200" s="6"/>
       <c r="V200" s="6"/>
       <c r="W200" s="6"/>
       <c r="X200" s="6"/>
       <c r="Y200" s="6"/>
       <c r="Z200" s="6"/>
       <c r="AA200" s="6"/>
       <c r="AB200" s="6"/>
       <c r="AC200" s="6"/>
       <c r="AD200" s="6"/>
       <c r="AE200" s="6"/>
       <c r="AF200" s="6"/>
       <c r="AG200" s="6"/>
       <c r="AH200" s="6"/>
       <c r="AI200" s="6"/>
       <c r="AJ200" s="6"/>
     </row>
     <row r="201" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B201" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C201" s="74"/>
-[...9 lines deleted...]
-      <c r="M201" s="75"/>
+      <c r="C201" s="74">
+        <v>6610</v>
+      </c>
+      <c r="D201" s="74">
+        <v>166</v>
+      </c>
+      <c r="E201" s="74">
+        <v>361</v>
+      </c>
+      <c r="F201" s="74">
+        <v>82</v>
+      </c>
+      <c r="G201" s="74">
+        <v>29</v>
+      </c>
+      <c r="H201" s="74">
+        <v>628</v>
+      </c>
+      <c r="I201" s="74">
+        <v>259</v>
+      </c>
+      <c r="J201" s="74">
+        <v>404</v>
+      </c>
+      <c r="K201" s="74">
+        <v>1095</v>
+      </c>
+      <c r="L201" s="74">
+        <v>446</v>
+      </c>
+      <c r="M201" s="75">
+        <v>10080</v>
+      </c>
       <c r="N201" s="52"/>
       <c r="O201" s="22"/>
       <c r="P201" s="6"/>
       <c r="Q201" s="6"/>
       <c r="R201" s="6"/>
       <c r="S201" s="6"/>
       <c r="T201" s="6"/>
       <c r="U201" s="6"/>
       <c r="V201" s="6"/>
       <c r="W201" s="6"/>
       <c r="X201" s="6"/>
       <c r="Y201" s="6"/>
       <c r="Z201" s="6"/>
       <c r="AA201" s="6"/>
       <c r="AB201" s="6"/>
       <c r="AC201" s="6"/>
       <c r="AD201" s="6"/>
       <c r="AE201" s="6"/>
       <c r="AF201" s="6"/>
       <c r="AG201" s="6"/>
       <c r="AH201" s="6"/>
       <c r="AI201" s="6"/>
       <c r="AJ201" s="6"/>
     </row>
     <row r="202" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B202" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C202" s="74"/>
-[...9 lines deleted...]
-      <c r="M202" s="75"/>
+      <c r="C202" s="74">
+        <v>3290</v>
+      </c>
+      <c r="D202" s="74">
+        <v>150</v>
+      </c>
+      <c r="E202" s="74">
+        <v>332</v>
+      </c>
+      <c r="F202" s="74">
+        <v>176</v>
+      </c>
+      <c r="G202" s="74">
+        <v>16</v>
+      </c>
+      <c r="H202" s="74">
+        <v>438</v>
+      </c>
+      <c r="I202" s="74">
+        <v>481</v>
+      </c>
+      <c r="J202" s="74">
+        <v>670</v>
+      </c>
+      <c r="K202" s="74">
+        <v>1246</v>
+      </c>
+      <c r="L202" s="74">
+        <v>227</v>
+      </c>
+      <c r="M202" s="75">
+        <v>7026</v>
+      </c>
       <c r="N202" s="52"/>
       <c r="O202" s="22"/>
       <c r="P202" s="6"/>
       <c r="Q202" s="6"/>
       <c r="R202" s="6"/>
       <c r="S202" s="6"/>
       <c r="T202" s="6"/>
       <c r="U202" s="6"/>
       <c r="V202" s="6"/>
       <c r="W202" s="6"/>
       <c r="X202" s="6"/>
       <c r="Y202" s="6"/>
       <c r="Z202" s="6"/>
       <c r="AA202" s="6"/>
       <c r="AB202" s="6"/>
       <c r="AC202" s="6"/>
       <c r="AD202" s="6"/>
       <c r="AE202" s="6"/>
       <c r="AF202" s="6"/>
       <c r="AG202" s="6"/>
       <c r="AH202" s="6"/>
       <c r="AI202" s="6"/>
       <c r="AJ202" s="6"/>
     </row>
     <row r="203" spans="2:36" x14ac:dyDescent="0.25">
@@ -16891,61 +17039,83 @@
       <c r="Q203" s="6"/>
       <c r="R203" s="6"/>
       <c r="S203" s="6"/>
       <c r="T203" s="6"/>
       <c r="U203" s="6"/>
       <c r="V203" s="6"/>
       <c r="W203" s="6"/>
       <c r="X203" s="6"/>
       <c r="Y203" s="6"/>
       <c r="Z203" s="6"/>
       <c r="AA203" s="6"/>
       <c r="AB203" s="6"/>
       <c r="AC203" s="6"/>
       <c r="AD203" s="6"/>
       <c r="AE203" s="6"/>
       <c r="AF203" s="6"/>
       <c r="AG203" s="6"/>
       <c r="AH203" s="6"/>
       <c r="AI203" s="6"/>
       <c r="AJ203" s="6"/>
     </row>
     <row r="204" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B204" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C204" s="76"/>
-[...9 lines deleted...]
-      <c r="M204" s="76"/>
+      <c r="C204" s="76">
+        <v>9900</v>
+      </c>
+      <c r="D204" s="76">
+        <v>316</v>
+      </c>
+      <c r="E204" s="76">
+        <v>693</v>
+      </c>
+      <c r="F204" s="76">
+        <v>258</v>
+      </c>
+      <c r="G204" s="76">
+        <v>45</v>
+      </c>
+      <c r="H204" s="76">
+        <v>1066</v>
+      </c>
+      <c r="I204" s="76">
+        <v>740</v>
+      </c>
+      <c r="J204" s="76">
+        <v>1074</v>
+      </c>
+      <c r="K204" s="76">
+        <v>2341</v>
+      </c>
+      <c r="L204" s="76">
+        <v>673</v>
+      </c>
+      <c r="M204" s="76">
+        <v>17106</v>
+      </c>
       <c r="N204" s="52"/>
       <c r="O204" s="92"/>
       <c r="P204" s="6"/>
       <c r="Q204" s="6"/>
       <c r="R204" s="6"/>
       <c r="S204" s="6"/>
       <c r="T204" s="6"/>
       <c r="U204" s="6"/>
       <c r="V204" s="6"/>
       <c r="W204" s="6"/>
       <c r="X204" s="6"/>
       <c r="Y204" s="6"/>
       <c r="Z204" s="6"/>
       <c r="AA204" s="6"/>
       <c r="AB204" s="6"/>
       <c r="AC204" s="6"/>
       <c r="AD204" s="6"/>
       <c r="AE204" s="6"/>
       <c r="AF204" s="6"/>
       <c r="AG204" s="6"/>
       <c r="AH204" s="6"/>
       <c r="AI204" s="6"/>
       <c r="AJ204" s="6"/>
     </row>
     <row r="205" spans="2:36" x14ac:dyDescent="0.25">
@@ -17087,81 +17257,81 @@
       <c r="R208" s="6"/>
       <c r="S208" s="6"/>
       <c r="T208" s="6"/>
       <c r="U208" s="6"/>
       <c r="V208" s="6"/>
       <c r="W208" s="6"/>
       <c r="X208" s="6"/>
       <c r="Y208" s="6"/>
       <c r="Z208" s="6"/>
       <c r="AA208" s="6"/>
       <c r="AB208" s="6"/>
       <c r="AC208" s="6"/>
       <c r="AD208" s="6"/>
       <c r="AE208" s="6"/>
       <c r="AF208" s="6"/>
       <c r="AG208" s="6"/>
       <c r="AH208" s="6"/>
       <c r="AI208" s="6"/>
       <c r="AJ208" s="6"/>
     </row>
     <row r="209" spans="2:38" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B209" s="41" t="s">
         <v>7</v>
       </c>
       <c r="C209" s="77">
-        <v>50651</v>
+        <v>60551</v>
       </c>
       <c r="D209" s="77">
-        <v>3074</v>
+        <v>3390</v>
       </c>
       <c r="E209" s="77">
-        <v>2032</v>
+        <v>2725</v>
       </c>
       <c r="F209" s="77">
-        <v>851</v>
+        <v>1109</v>
       </c>
       <c r="G209" s="77">
-        <v>327</v>
+        <v>372</v>
       </c>
       <c r="H209" s="77">
-        <v>3579</v>
+        <v>4645</v>
       </c>
       <c r="I209" s="77">
-        <v>970</v>
+        <v>1710</v>
       </c>
       <c r="J209" s="77">
-        <v>1346</v>
+        <v>2420</v>
       </c>
       <c r="K209" s="77">
-        <v>3094</v>
+        <v>5435</v>
       </c>
       <c r="L209" s="77">
-        <v>2363</v>
+        <v>3036</v>
       </c>
       <c r="M209" s="77">
-        <v>68287</v>
+        <v>85393</v>
       </c>
       <c r="N209" s="6"/>
       <c r="O209" s="22"/>
       <c r="P209" s="6"/>
       <c r="Q209" s="6"/>
       <c r="R209" s="6"/>
       <c r="S209" s="6"/>
       <c r="T209" s="6"/>
       <c r="U209" s="6"/>
       <c r="V209" s="6"/>
       <c r="W209" s="6"/>
       <c r="X209" s="6"/>
       <c r="Y209" s="6"/>
       <c r="Z209" s="6"/>
       <c r="AA209" s="6"/>
       <c r="AB209" s="6"/>
       <c r="AC209" s="6"/>
       <c r="AD209" s="6"/>
       <c r="AE209" s="6"/>
       <c r="AF209" s="6"/>
       <c r="AG209" s="6"/>
       <c r="AH209" s="6"/>
       <c r="AI209" s="6"/>
       <c r="AJ209" s="6"/>
       <c r="AL209" s="33"/>
@@ -17772,100 +17942,144 @@
       <c r="Q220" s="6"/>
       <c r="R220" s="6"/>
       <c r="S220" s="6"/>
       <c r="T220" s="6"/>
       <c r="U220" s="6"/>
       <c r="V220" s="6"/>
       <c r="W220" s="6"/>
       <c r="X220" s="6"/>
       <c r="Y220" s="6"/>
       <c r="Z220" s="6"/>
       <c r="AA220" s="6"/>
       <c r="AB220" s="6"/>
       <c r="AC220" s="6"/>
       <c r="AD220" s="6"/>
       <c r="AE220" s="6"/>
       <c r="AF220" s="6"/>
       <c r="AG220" s="6"/>
       <c r="AH220" s="6"/>
       <c r="AI220" s="6"/>
       <c r="AJ220" s="6"/>
     </row>
     <row r="221" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B221" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C221" s="74"/>
-[...9 lines deleted...]
-      <c r="M221" s="75"/>
+      <c r="C221" s="74">
+        <v>8913</v>
+      </c>
+      <c r="D221" s="74">
+        <v>801</v>
+      </c>
+      <c r="E221" s="74">
+        <v>128</v>
+      </c>
+      <c r="F221" s="74">
+        <v>43</v>
+      </c>
+      <c r="G221" s="74">
+        <v>33</v>
+      </c>
+      <c r="H221" s="75">
+        <v>1022</v>
+      </c>
+      <c r="I221" s="75">
+        <v>300</v>
+      </c>
+      <c r="J221" s="74">
+        <v>469</v>
+      </c>
+      <c r="K221" s="74">
+        <v>455</v>
+      </c>
+      <c r="L221" s="75">
+        <v>317</v>
+      </c>
+      <c r="M221" s="75">
+        <v>12481</v>
+      </c>
       <c r="N221" s="6"/>
       <c r="O221" s="6"/>
       <c r="P221" s="6"/>
       <c r="Q221" s="6"/>
       <c r="R221" s="6"/>
       <c r="S221" s="6"/>
       <c r="T221" s="6"/>
       <c r="U221" s="6"/>
       <c r="V221" s="6"/>
       <c r="W221" s="6"/>
       <c r="X221" s="6"/>
       <c r="Y221" s="6"/>
       <c r="Z221" s="6"/>
       <c r="AA221" s="6"/>
       <c r="AB221" s="6"/>
       <c r="AC221" s="6"/>
       <c r="AD221" s="6"/>
       <c r="AE221" s="6"/>
       <c r="AF221" s="6"/>
       <c r="AG221" s="6"/>
       <c r="AH221" s="6"/>
       <c r="AI221" s="6"/>
       <c r="AJ221" s="6"/>
     </row>
     <row r="222" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B222" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C222" s="74"/>
-[...9 lines deleted...]
-      <c r="M222" s="75"/>
+      <c r="C222" s="74">
+        <v>7020</v>
+      </c>
+      <c r="D222" s="74">
+        <v>374</v>
+      </c>
+      <c r="E222" s="74">
+        <v>80</v>
+      </c>
+      <c r="F222" s="74">
+        <v>41</v>
+      </c>
+      <c r="G222" s="74">
+        <v>16</v>
+      </c>
+      <c r="H222" s="75">
+        <v>1324</v>
+      </c>
+      <c r="I222" s="75">
+        <v>582</v>
+      </c>
+      <c r="J222" s="74">
+        <v>460</v>
+      </c>
+      <c r="K222" s="74">
+        <v>717</v>
+      </c>
+      <c r="L222" s="75">
+        <v>265</v>
+      </c>
+      <c r="M222" s="75">
+        <v>10879</v>
+      </c>
       <c r="N222" s="6"/>
       <c r="O222" s="6"/>
       <c r="P222" s="6"/>
       <c r="Q222" s="6"/>
       <c r="R222" s="6"/>
       <c r="S222" s="6"/>
       <c r="T222" s="6"/>
       <c r="U222" s="6"/>
       <c r="V222" s="6"/>
       <c r="W222" s="6"/>
       <c r="X222" s="6"/>
       <c r="Y222" s="6"/>
       <c r="Z222" s="6"/>
       <c r="AA222" s="6"/>
       <c r="AB222" s="6"/>
       <c r="AC222" s="6"/>
       <c r="AD222" s="6"/>
       <c r="AE222" s="6"/>
       <c r="AF222" s="6"/>
       <c r="AG222" s="6"/>
       <c r="AH222" s="6"/>
       <c r="AI222" s="6"/>
       <c r="AJ222" s="6"/>
     </row>
     <row r="223" spans="2:38" x14ac:dyDescent="0.25">
@@ -17889,61 +18103,83 @@
       <c r="Q223" s="6"/>
       <c r="R223" s="6"/>
       <c r="S223" s="6"/>
       <c r="T223" s="6"/>
       <c r="U223" s="6"/>
       <c r="V223" s="6"/>
       <c r="W223" s="6"/>
       <c r="X223" s="6"/>
       <c r="Y223" s="6"/>
       <c r="Z223" s="6"/>
       <c r="AA223" s="6"/>
       <c r="AB223" s="6"/>
       <c r="AC223" s="6"/>
       <c r="AD223" s="6"/>
       <c r="AE223" s="6"/>
       <c r="AF223" s="6"/>
       <c r="AG223" s="6"/>
       <c r="AH223" s="6"/>
       <c r="AI223" s="6"/>
       <c r="AJ223" s="6"/>
     </row>
     <row r="224" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B224" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C224" s="76"/>
-[...9 lines deleted...]
-      <c r="M224" s="76"/>
+      <c r="C224" s="76">
+        <v>15933</v>
+      </c>
+      <c r="D224" s="76">
+        <v>1175</v>
+      </c>
+      <c r="E224" s="76">
+        <v>208</v>
+      </c>
+      <c r="F224" s="76">
+        <v>84</v>
+      </c>
+      <c r="G224" s="76">
+        <v>49</v>
+      </c>
+      <c r="H224" s="76">
+        <v>2346</v>
+      </c>
+      <c r="I224" s="76">
+        <v>882</v>
+      </c>
+      <c r="J224" s="76">
+        <v>929</v>
+      </c>
+      <c r="K224" s="76">
+        <v>1172</v>
+      </c>
+      <c r="L224" s="76">
+        <v>582</v>
+      </c>
+      <c r="M224" s="76">
+        <v>23360</v>
+      </c>
       <c r="N224" s="6"/>
       <c r="O224" s="6"/>
       <c r="P224" s="6"/>
       <c r="Q224" s="6"/>
       <c r="R224" s="6"/>
       <c r="S224" s="6"/>
       <c r="T224" s="6"/>
       <c r="U224" s="6"/>
       <c r="V224" s="6"/>
       <c r="W224" s="6"/>
       <c r="X224" s="6"/>
       <c r="Y224" s="6"/>
       <c r="Z224" s="6"/>
       <c r="AA224" s="6"/>
       <c r="AB224" s="6"/>
       <c r="AC224" s="6"/>
       <c r="AD224" s="6"/>
       <c r="AE224" s="6"/>
       <c r="AF224" s="6"/>
       <c r="AG224" s="6"/>
       <c r="AH224" s="6"/>
       <c r="AI224" s="6"/>
       <c r="AJ224" s="6"/>
     </row>
     <row r="225" spans="2:38" x14ac:dyDescent="0.25">
@@ -18085,81 +18321,81 @@
       <c r="R228" s="6"/>
       <c r="S228" s="6"/>
       <c r="T228" s="6"/>
       <c r="U228" s="6"/>
       <c r="V228" s="6"/>
       <c r="W228" s="6"/>
       <c r="X228" s="6"/>
       <c r="Y228" s="6"/>
       <c r="Z228" s="6"/>
       <c r="AA228" s="6"/>
       <c r="AB228" s="6"/>
       <c r="AC228" s="6"/>
       <c r="AD228" s="6"/>
       <c r="AE228" s="6"/>
       <c r="AF228" s="6"/>
       <c r="AG228" s="6"/>
       <c r="AH228" s="6"/>
       <c r="AI228" s="6"/>
       <c r="AJ228" s="6"/>
     </row>
     <row r="229" spans="2:38" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B229" s="41" t="s">
         <v>7</v>
       </c>
       <c r="C229" s="77">
-        <v>34453</v>
+        <v>50386</v>
       </c>
       <c r="D229" s="77">
-        <v>5387</v>
+        <v>6562</v>
       </c>
       <c r="E229" s="77">
-        <v>1223</v>
+        <v>1431</v>
       </c>
       <c r="F229" s="77">
-        <v>527</v>
+        <v>611</v>
       </c>
       <c r="G229" s="77">
-        <v>806</v>
+        <v>855</v>
       </c>
       <c r="H229" s="77">
-        <v>8016</v>
+        <v>10362</v>
       </c>
       <c r="I229" s="77">
-        <v>1456</v>
+        <v>2338</v>
       </c>
       <c r="J229" s="77">
-        <v>2209</v>
+        <v>3138</v>
       </c>
       <c r="K229" s="77">
-        <v>2316</v>
+        <v>3488</v>
       </c>
       <c r="L229" s="77">
-        <v>2161</v>
+        <v>2743</v>
       </c>
       <c r="M229" s="77">
-        <v>58554</v>
+        <v>81914</v>
       </c>
       <c r="N229" s="6"/>
       <c r="O229" s="6"/>
       <c r="P229" s="6"/>
       <c r="Q229" s="6"/>
       <c r="R229" s="6"/>
       <c r="S229" s="6"/>
       <c r="T229" s="6"/>
       <c r="U229" s="6"/>
       <c r="V229" s="6"/>
       <c r="W229" s="6"/>
       <c r="X229" s="6"/>
       <c r="Y229" s="6"/>
       <c r="Z229" s="6"/>
       <c r="AA229" s="6"/>
       <c r="AB229" s="6"/>
       <c r="AC229" s="6"/>
       <c r="AD229" s="6"/>
       <c r="AE229" s="6"/>
       <c r="AF229" s="6"/>
       <c r="AG229" s="6"/>
       <c r="AH229" s="6"/>
       <c r="AI229" s="6"/>
       <c r="AJ229" s="6"/>
       <c r="AL229" s="33"/>
@@ -18745,125 +18981,169 @@
       </c>
       <c r="G240" s="40">
         <v>1.2068965517241379</v>
       </c>
       <c r="H240" s="40">
         <v>0.13800597663678349</v>
       </c>
       <c r="I240" s="40">
         <v>0.32019704433497537</v>
       </c>
       <c r="J240" s="40">
         <v>-3.283437952679865E-2</v>
       </c>
       <c r="K240" s="40">
         <v>0.12782512041496852</v>
       </c>
       <c r="L240" s="40">
         <v>-3.7576326914044153E-2</v>
       </c>
       <c r="M240" s="40">
         <v>6.7222685571309421E-2</v>
       </c>
       <c r="N240" s="6"/>
       <c r="O240" s="6"/>
       <c r="P240" s="6"/>
-      <c r="Q240" s="98"/>
+      <c r="Q240" s="6"/>
       <c r="R240" s="6"/>
       <c r="S240" s="6"/>
       <c r="T240" s="6"/>
       <c r="U240" s="6"/>
       <c r="V240" s="6"/>
       <c r="W240" s="6"/>
       <c r="X240" s="6"/>
       <c r="Y240" s="6"/>
       <c r="Z240" s="6"/>
       <c r="AA240" s="6"/>
       <c r="AB240" s="6"/>
       <c r="AC240" s="6"/>
       <c r="AD240" s="6"/>
       <c r="AE240" s="6"/>
       <c r="AF240" s="6"/>
       <c r="AG240" s="6"/>
       <c r="AH240" s="6"/>
       <c r="AI240" s="6"/>
       <c r="AJ240" s="6"/>
     </row>
     <row r="241" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B241" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C241" s="44"/>
-[...9 lines deleted...]
-      <c r="M241" s="44"/>
+      <c r="C241" s="44">
+        <v>0.22672672672672672</v>
+      </c>
+      <c r="D241" s="44">
+        <v>0.92629482071713143</v>
+      </c>
+      <c r="E241" s="44">
+        <v>1.4522821576763486E-2</v>
+      </c>
+      <c r="F241" s="44">
+        <v>0.52439024390243905</v>
+      </c>
+      <c r="G241" s="44">
+        <v>0.21568627450980393</v>
+      </c>
+      <c r="H241" s="44">
+        <v>0.7722878625134264</v>
+      </c>
+      <c r="I241" s="44">
+        <v>-8.5106382978723402E-2</v>
+      </c>
+      <c r="J241" s="44">
+        <v>-8.7774294670846395E-2</v>
+      </c>
+      <c r="K241" s="44">
+        <v>2.5873221216041399E-3</v>
+      </c>
+      <c r="L241" s="44">
+        <v>1.5978695073235686E-2</v>
+      </c>
+      <c r="M241" s="44">
+        <v>0.21511283459901975</v>
+      </c>
       <c r="N241" s="6"/>
       <c r="O241" s="6"/>
       <c r="P241" s="6"/>
       <c r="Q241" s="6"/>
       <c r="R241" s="6"/>
       <c r="S241" s="6"/>
       <c r="T241" s="6"/>
       <c r="U241" s="6"/>
       <c r="V241" s="6"/>
       <c r="W241" s="6"/>
       <c r="X241" s="6"/>
       <c r="Y241" s="6"/>
       <c r="Z241" s="6"/>
       <c r="AA241" s="6"/>
       <c r="AB241" s="6"/>
       <c r="AC241" s="6"/>
       <c r="AD241" s="6"/>
       <c r="AE241" s="6"/>
       <c r="AF241" s="6"/>
       <c r="AG241" s="6"/>
       <c r="AH241" s="6"/>
       <c r="AI241" s="6"/>
       <c r="AJ241" s="6"/>
     </row>
     <row r="242" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B242" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C242" s="44"/>
-[...9 lines deleted...]
-      <c r="M242" s="44"/>
+      <c r="C242" s="44">
+        <v>0.18139108513807722</v>
+      </c>
+      <c r="D242" s="44">
+        <v>-6.4285714285714279E-2</v>
+      </c>
+      <c r="E242" s="44">
+        <v>-2.3696682464454975E-2</v>
+      </c>
+      <c r="F242" s="44">
+        <v>7.9601990049751242E-2</v>
+      </c>
+      <c r="G242" s="44">
+        <v>-3.0303030303030304E-2</v>
+      </c>
+      <c r="H242" s="44">
+        <v>4.7562425683709872E-2</v>
+      </c>
+      <c r="I242" s="44">
+        <v>1.5281757402101241E-2</v>
+      </c>
+      <c r="J242" s="44">
+        <v>0.10675808031341821</v>
+      </c>
+      <c r="K242" s="44">
+        <v>0.12171428571428572</v>
+      </c>
+      <c r="L242" s="44">
+        <v>0.15492957746478872</v>
+      </c>
+      <c r="M242" s="44">
+        <v>0.12830046001638415</v>
+      </c>
       <c r="N242" s="6"/>
       <c r="O242" s="6"/>
       <c r="P242" s="6"/>
       <c r="Q242" s="6"/>
       <c r="R242" s="6"/>
       <c r="S242" s="6"/>
       <c r="T242" s="6"/>
       <c r="U242" s="6"/>
       <c r="V242" s="6"/>
       <c r="W242" s="6"/>
       <c r="X242" s="6"/>
       <c r="Y242" s="6"/>
       <c r="Z242" s="6"/>
       <c r="AA242" s="6"/>
       <c r="AB242" s="6"/>
       <c r="AC242" s="6"/>
       <c r="AD242" s="6"/>
       <c r="AE242" s="6"/>
       <c r="AF242" s="6"/>
       <c r="AG242" s="6"/>
       <c r="AH242" s="6"/>
       <c r="AI242" s="6"/>
       <c r="AJ242" s="6"/>
     </row>
     <row r="243" spans="2:38" x14ac:dyDescent="0.25">
@@ -19747,100 +20027,144 @@
       <c r="Q260" s="6"/>
       <c r="R260" s="6"/>
       <c r="S260" s="6"/>
       <c r="T260" s="6"/>
       <c r="U260" s="6"/>
       <c r="V260" s="6"/>
       <c r="W260" s="6"/>
       <c r="X260" s="6"/>
       <c r="Y260" s="6"/>
       <c r="Z260" s="6"/>
       <c r="AA260" s="6"/>
       <c r="AB260" s="6"/>
       <c r="AC260" s="6"/>
       <c r="AD260" s="6"/>
       <c r="AE260" s="6"/>
       <c r="AF260" s="6"/>
       <c r="AG260" s="6"/>
       <c r="AH260" s="6"/>
       <c r="AI260" s="6"/>
       <c r="AJ260" s="6"/>
     </row>
     <row r="261" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B261" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C261" s="44"/>
-[...9 lines deleted...]
-      <c r="M261" s="44"/>
+      <c r="C261" s="44">
+        <v>7.9292467215614521E-3</v>
+      </c>
+      <c r="D261" s="44">
+        <v>-0.16582914572864321</v>
+      </c>
+      <c r="E261" s="44">
+        <v>-0.13012048192771083</v>
+      </c>
+      <c r="F261" s="44">
+        <v>0.18840579710144928</v>
+      </c>
+      <c r="G261" s="44">
+        <v>0.38095238095238093</v>
+      </c>
+      <c r="H261" s="44">
+        <v>0.4846335697399527</v>
+      </c>
+      <c r="I261" s="44">
+        <v>0.13596491228070176</v>
+      </c>
+      <c r="J261" s="44">
+        <v>9.4850948509485097E-2</v>
+      </c>
+      <c r="K261" s="44">
+        <v>0.14659685863874344</v>
+      </c>
+      <c r="L261" s="44">
+        <v>1.8264840182648401E-2</v>
+      </c>
+      <c r="M261" s="44">
+        <v>4.1860465116279069E-2</v>
+      </c>
       <c r="N261" s="6"/>
       <c r="O261" s="6"/>
       <c r="P261" s="6"/>
       <c r="Q261" s="6"/>
       <c r="R261" s="6"/>
       <c r="S261" s="6"/>
       <c r="T261" s="6"/>
       <c r="U261" s="6"/>
       <c r="V261" s="6"/>
       <c r="W261" s="6"/>
       <c r="X261" s="6"/>
       <c r="Y261" s="6"/>
       <c r="Z261" s="6"/>
       <c r="AA261" s="6"/>
       <c r="AB261" s="6"/>
       <c r="AC261" s="6"/>
       <c r="AD261" s="6"/>
       <c r="AE261" s="6"/>
       <c r="AF261" s="6"/>
       <c r="AG261" s="6"/>
       <c r="AH261" s="6"/>
       <c r="AI261" s="6"/>
       <c r="AJ261" s="6"/>
     </row>
     <row r="262" spans="2:38" x14ac:dyDescent="0.25">
       <c r="B262" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C262" s="44"/>
-[...9 lines deleted...]
-      <c r="M262" s="44"/>
+      <c r="C262" s="44">
+        <v>-0.16284987277353691</v>
+      </c>
+      <c r="D262" s="44">
+        <v>-0.22279792746113988</v>
+      </c>
+      <c r="E262" s="44">
+        <v>-6.4788732394366194E-2</v>
+      </c>
+      <c r="F262" s="44">
+        <v>0.21379310344827587</v>
+      </c>
+      <c r="G262" s="44">
+        <v>-5.8823529411764705E-2</v>
+      </c>
+      <c r="H262" s="44">
+        <v>-0.14785992217898833</v>
+      </c>
+      <c r="I262" s="44">
+        <v>-1.4344262295081968E-2</v>
+      </c>
+      <c r="J262" s="44">
+        <v>0.13559322033898305</v>
+      </c>
+      <c r="K262" s="44">
+        <v>9.7797356828193835E-2</v>
+      </c>
+      <c r="L262" s="44">
+        <v>0.15816326530612246</v>
+      </c>
+      <c r="M262" s="44">
+        <v>-7.1003570011900038E-2</v>
+      </c>
       <c r="N262" s="6"/>
       <c r="O262" s="6"/>
       <c r="P262" s="6"/>
       <c r="Q262" s="6"/>
       <c r="R262" s="6"/>
       <c r="S262" s="6"/>
       <c r="T262" s="6"/>
       <c r="U262" s="6"/>
       <c r="V262" s="6"/>
       <c r="W262" s="6"/>
       <c r="X262" s="6"/>
       <c r="Y262" s="6"/>
       <c r="Z262" s="6"/>
       <c r="AA262" s="6"/>
       <c r="AB262" s="6"/>
       <c r="AC262" s="6"/>
       <c r="AD262" s="6"/>
       <c r="AE262" s="6"/>
       <c r="AF262" s="6"/>
       <c r="AG262" s="6"/>
       <c r="AH262" s="6"/>
       <c r="AI262" s="6"/>
       <c r="AJ262" s="6"/>
     </row>
     <row r="263" spans="2:38" x14ac:dyDescent="0.25">
@@ -20718,100 +21042,144 @@
       <c r="Q280" s="6"/>
       <c r="R280" s="6"/>
       <c r="S280" s="6"/>
       <c r="T280" s="6"/>
       <c r="U280" s="6"/>
       <c r="V280" s="6"/>
       <c r="W280" s="6"/>
       <c r="X280" s="6"/>
       <c r="Y280" s="6"/>
       <c r="Z280" s="6"/>
       <c r="AA280" s="6"/>
       <c r="AB280" s="6"/>
       <c r="AC280" s="6"/>
       <c r="AD280" s="6"/>
       <c r="AE280" s="6"/>
       <c r="AF280" s="6"/>
       <c r="AG280" s="6"/>
       <c r="AH280" s="6"/>
       <c r="AI280" s="6"/>
       <c r="AJ280" s="6"/>
     </row>
     <row r="281" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B281" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C281" s="44"/>
-[...9 lines deleted...]
-      <c r="M281" s="44"/>
+      <c r="C281" s="44">
+        <v>0.46210629921259844</v>
+      </c>
+      <c r="D281" s="44">
+        <v>1.6435643564356435</v>
+      </c>
+      <c r="E281" s="44">
+        <v>0.91044776119402981</v>
+      </c>
+      <c r="F281" s="44">
+        <v>2.3076923076923075</v>
+      </c>
+      <c r="G281" s="44">
+        <v>0.1</v>
+      </c>
+      <c r="H281" s="44">
+        <v>1.0118110236220472</v>
+      </c>
+      <c r="I281" s="44">
+        <v>-0.21671018276762402</v>
+      </c>
+      <c r="J281" s="44">
+        <v>-0.20238095238095238</v>
+      </c>
+      <c r="K281" s="44">
+        <v>-0.23011844331641285</v>
+      </c>
+      <c r="L281" s="44">
+        <v>1.2779552715654952E-2</v>
+      </c>
+      <c r="M281" s="44">
+        <v>0.403621232568601</v>
+      </c>
       <c r="N281" s="6"/>
       <c r="O281" s="6"/>
       <c r="P281" s="6"/>
       <c r="Q281" s="6"/>
       <c r="R281" s="6"/>
       <c r="S281" s="6"/>
       <c r="T281" s="6"/>
       <c r="U281" s="6"/>
       <c r="V281" s="6"/>
       <c r="W281" s="6"/>
       <c r="X281" s="6"/>
       <c r="Y281" s="6"/>
       <c r="Z281" s="6"/>
       <c r="AA281" s="6"/>
       <c r="AB281" s="6"/>
       <c r="AC281" s="6"/>
       <c r="AD281" s="6"/>
       <c r="AE281" s="6"/>
       <c r="AF281" s="6"/>
       <c r="AG281" s="6"/>
       <c r="AH281" s="6"/>
       <c r="AI281" s="6"/>
       <c r="AJ281" s="6"/>
     </row>
     <row r="282" spans="2:36" x14ac:dyDescent="0.25">
       <c r="B282" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C282" s="44"/>
-[...9 lines deleted...]
-      <c r="M282" s="44"/>
+      <c r="C282" s="44">
+        <v>0.46341463414634149</v>
+      </c>
+      <c r="D282" s="44">
+        <v>1.9073569482288829E-2</v>
+      </c>
+      <c r="E282" s="44">
+        <v>0.19402985074626866</v>
+      </c>
+      <c r="F282" s="44">
+        <v>-0.26785714285714285</v>
+      </c>
+      <c r="G282" s="44">
+        <v>0</v>
+      </c>
+      <c r="H282" s="44">
+        <v>0.13356164383561644</v>
+      </c>
+      <c r="I282" s="44">
+        <v>4.1144901610017888E-2</v>
+      </c>
+      <c r="J282" s="44">
+        <v>6.7285382830626447E-2</v>
+      </c>
+      <c r="K282" s="44">
+        <v>0.16585365853658537</v>
+      </c>
+      <c r="L282" s="44">
+        <v>0.15217391304347827</v>
+      </c>
+      <c r="M282" s="44">
+        <v>0.30977606549482301</v>
+      </c>
       <c r="N282" s="6"/>
       <c r="O282" s="6"/>
       <c r="P282" s="6"/>
       <c r="Q282" s="6"/>
       <c r="R282" s="6"/>
       <c r="S282" s="6"/>
       <c r="T282" s="6"/>
       <c r="U282" s="6"/>
       <c r="V282" s="6"/>
       <c r="W282" s="6"/>
       <c r="X282" s="6"/>
       <c r="Y282" s="6"/>
       <c r="Z282" s="6"/>
       <c r="AA282" s="6"/>
       <c r="AB282" s="6"/>
       <c r="AC282" s="6"/>
       <c r="AD282" s="6"/>
       <c r="AE282" s="6"/>
       <c r="AF282" s="6"/>
       <c r="AG282" s="6"/>
       <c r="AH282" s="6"/>
       <c r="AI282" s="6"/>
       <c r="AJ282" s="6"/>
     </row>
     <row r="283" spans="2:36" x14ac:dyDescent="0.25">
@@ -22033,57 +22401,71 @@
         <v>7.4440660773800902</v>
       </c>
       <c r="AC300" s="51">
         <v>7.3430574949911964</v>
       </c>
       <c r="AD300" s="51">
         <v>6.904598308668076</v>
       </c>
       <c r="AE300" s="51">
         <v>8.2943271221532093</v>
       </c>
       <c r="AF300" s="6"/>
       <c r="AG300" s="6"/>
       <c r="AH300" s="6"/>
       <c r="AI300" s="6"/>
       <c r="AJ300" s="6"/>
       <c r="AK300" s="6"/>
       <c r="AL300" s="6"/>
       <c r="AM300" s="6"/>
       <c r="AN300" s="6"/>
     </row>
     <row r="301" spans="2:40" x14ac:dyDescent="0.25">
       <c r="B301" s="37" t="s">
         <v>49</v>
       </c>
-      <c r="C301" s="96"/>
-[...5 lines deleted...]
-      <c r="I301" s="49"/>
+      <c r="C301" s="96">
+        <v>2642</v>
+      </c>
+      <c r="D301" s="96">
+        <v>5050</v>
+      </c>
+      <c r="E301" s="96">
+        <v>1369</v>
+      </c>
+      <c r="F301" s="96">
+        <v>221</v>
+      </c>
+      <c r="G301" s="96">
+        <v>798</v>
+      </c>
+      <c r="H301" s="96">
+        <v>10080</v>
+      </c>
+      <c r="I301" s="49">
+        <v>7.0789186507936508</v>
+      </c>
       <c r="J301" s="49">
         <v>7.2362790697674422</v>
       </c>
       <c r="K301" s="49">
         <v>7.3187810945273633</v>
       </c>
       <c r="L301" s="49">
         <v>8.8217977811396882</v>
       </c>
       <c r="M301" s="49">
         <v>7.9915028665028665</v>
       </c>
       <c r="N301" s="49">
         <v>23</v>
       </c>
       <c r="O301" s="49">
         <v>7.7259941256213285</v>
       </c>
       <c r="P301" s="49">
         <v>9.081603504094458</v>
       </c>
       <c r="Q301" s="49">
         <v>8.412357743691242</v>
       </c>
       <c r="R301" s="49">
@@ -22120,57 +22502,71 @@
         <v>9.2593351548269585</v>
       </c>
       <c r="AC301" s="49">
         <v>9.0201050385688504</v>
       </c>
       <c r="AD301" s="50">
         <v>8.1079307201458519</v>
       </c>
       <c r="AE301" s="50">
         <v>9.3012989872302949</v>
       </c>
       <c r="AF301" s="6"/>
       <c r="AG301" s="6"/>
       <c r="AH301" s="6"/>
       <c r="AI301" s="6"/>
       <c r="AJ301" s="6"/>
       <c r="AK301" s="6"/>
       <c r="AL301" s="6"/>
       <c r="AM301" s="6"/>
       <c r="AN301" s="6"/>
     </row>
     <row r="302" spans="2:40" x14ac:dyDescent="0.25">
       <c r="B302" s="37" t="s">
         <v>50</v>
       </c>
-      <c r="C302" s="96"/>
-[...5 lines deleted...]
-      <c r="I302" s="49"/>
+      <c r="C302" s="96">
+        <v>2567</v>
+      </c>
+      <c r="D302" s="96">
+        <v>2845</v>
+      </c>
+      <c r="E302" s="96">
+        <v>961</v>
+      </c>
+      <c r="F302" s="96">
+        <v>112</v>
+      </c>
+      <c r="G302" s="96">
+        <v>541</v>
+      </c>
+      <c r="H302" s="96">
+        <v>7026</v>
+      </c>
+      <c r="I302" s="49">
+        <v>6.6046114432109304</v>
+      </c>
       <c r="J302" s="49">
         <v>6.7718497950548722</v>
       </c>
       <c r="K302" s="49">
         <v>7.2736440677966101</v>
       </c>
       <c r="L302" s="49">
         <v>7.7015761094981334</v>
       </c>
       <c r="M302" s="49">
         <v>7.7522796352583585</v>
       </c>
       <c r="N302" s="49">
         <v>22.44736842105263</v>
       </c>
       <c r="O302" s="49">
         <v>6.6477591822981017</v>
       </c>
       <c r="P302" s="49">
         <v>7.001720362840163</v>
       </c>
       <c r="Q302" s="49">
         <v>7.686927840603123</v>
       </c>
       <c r="R302" s="49">
@@ -22294,56 +22690,68 @@
         <v>7.9997723132969032</v>
       </c>
       <c r="AC303" s="49">
         <v>7.5291803278688523</v>
       </c>
       <c r="AD303" s="50">
         <v>7.395161290322581</v>
       </c>
       <c r="AE303" s="50">
         <v>7.8779731127197516</v>
       </c>
       <c r="AF303" s="6"/>
       <c r="AG303" s="6"/>
       <c r="AH303" s="6"/>
       <c r="AI303" s="6"/>
       <c r="AJ303" s="6"/>
       <c r="AK303" s="6"/>
       <c r="AL303" s="6"/>
       <c r="AM303" s="6"/>
       <c r="AN303" s="6"/>
     </row>
     <row r="304" spans="2:40" x14ac:dyDescent="0.25">
       <c r="B304" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C304" s="104"/>
-[...4 lines deleted...]
-      <c r="H304" s="104"/>
+      <c r="C304" s="104">
+        <v>5209</v>
+      </c>
+      <c r="D304" s="104">
+        <v>7895</v>
+      </c>
+      <c r="E304" s="104">
+        <v>2330</v>
+      </c>
+      <c r="F304" s="104">
+        <v>333</v>
+      </c>
+      <c r="G304" s="104">
+        <v>1339</v>
+      </c>
+      <c r="H304" s="104">
+        <v>17106</v>
+      </c>
       <c r="I304" s="51"/>
       <c r="J304" s="51">
         <v>7.266409367779878</v>
       </c>
       <c r="K304" s="51">
         <v>7.5654796464744214</v>
       </c>
       <c r="L304" s="51">
         <v>8.6465827973708382</v>
       </c>
       <c r="M304" s="51">
         <v>8.2668676969468518</v>
       </c>
       <c r="N304" s="51">
         <v>20.52469135802469</v>
       </c>
       <c r="O304" s="51">
         <v>7.4275973349989588</v>
       </c>
       <c r="P304" s="51">
         <v>8.3053429441926134</v>
       </c>
       <c r="Q304" s="51">
         <v>8.2099539809619877</v>
       </c>
@@ -22729,70 +23137,68 @@
       </c>
       <c r="AC308" s="51">
         <v>8.2040939597315443</v>
       </c>
       <c r="AD308" s="51">
         <v>8.6540543106722367</v>
       </c>
       <c r="AE308" s="51">
         <v>8.2492931980708466</v>
       </c>
       <c r="AF308" s="6"/>
       <c r="AG308" s="6"/>
       <c r="AH308" s="6"/>
       <c r="AI308" s="6"/>
       <c r="AJ308" s="6"/>
       <c r="AK308" s="6"/>
       <c r="AL308" s="6"/>
       <c r="AM308" s="54"/>
       <c r="AN308" s="6"/>
     </row>
     <row r="309" spans="2:40" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B309" s="41" t="s">
         <v>7</v>
       </c>
       <c r="C309" s="82">
-        <v>18628</v>
+        <v>23837</v>
       </c>
       <c r="D309" s="82">
-        <v>36907</v>
+        <v>44802</v>
       </c>
       <c r="E309" s="82">
-        <v>8721</v>
+        <v>11051</v>
       </c>
       <c r="F309" s="82">
-        <v>957</v>
+        <v>1290</v>
       </c>
       <c r="G309" s="82">
-        <v>3074</v>
+        <v>4413</v>
       </c>
       <c r="H309" s="82">
-        <v>68287</v>
-[...3 lines deleted...]
-      </c>
+        <v>85393</v>
+      </c>
+      <c r="I309" s="53"/>
       <c r="J309" s="53">
         <v>6.5141214091849626</v>
       </c>
       <c r="K309" s="53">
         <v>6.7561546318685899</v>
       </c>
       <c r="L309" s="53">
         <v>7.7348993288590604</v>
       </c>
       <c r="M309" s="53">
         <v>8.4930398928672126</v>
       </c>
       <c r="N309" s="53">
         <v>7.7493203577479219</v>
       </c>
       <c r="O309" s="53">
         <v>7.2222961992136305</v>
       </c>
       <c r="P309" s="53">
         <v>8.6343773494948017</v>
       </c>
       <c r="Q309" s="53">
         <v>8.0512131157148303</v>
       </c>
       <c r="R309" s="53">
@@ -22862,72 +23268,72 @@
       <c r="M310" s="12"/>
       <c r="N310" s="13"/>
       <c r="O310" s="15"/>
       <c r="P310" s="15"/>
       <c r="Q310" s="15"/>
       <c r="R310" s="15"/>
       <c r="S310" s="13"/>
       <c r="T310" s="10"/>
       <c r="U310" s="10"/>
       <c r="V310" s="10"/>
       <c r="W310" s="10"/>
       <c r="X310" s="10"/>
       <c r="Y310" s="10"/>
       <c r="Z310" s="10"/>
       <c r="AA310" s="10"/>
       <c r="AB310" s="10"/>
       <c r="AC310" s="10"/>
       <c r="AD310" s="10"/>
       <c r="AE310" s="10"/>
       <c r="AF310" s="10"/>
       <c r="AG310" s="10"/>
       <c r="AH310" s="10"/>
       <c r="AI310" s="10"/>
     </row>
     <row r="311" spans="2:40" s="54" customFormat="1" x14ac:dyDescent="0.25">
-      <c r="B311" s="108" t="s">
+      <c r="B311" s="109" t="s">
         <v>74</v>
       </c>
-      <c r="C311" s="108"/>
-[...4 lines deleted...]
-      <c r="H311" s="110" t="s">
+      <c r="C311" s="109"/>
+      <c r="D311" s="109"/>
+      <c r="E311" s="109"/>
+      <c r="F311" s="109"/>
+      <c r="G311" s="110"/>
+      <c r="H311" s="111" t="s">
         <v>38</v>
       </c>
-      <c r="I311" s="111"/>
-[...3 lines deleted...]
-      <c r="M311" s="113" t="s">
+      <c r="I311" s="112"/>
+      <c r="J311" s="112"/>
+      <c r="K311" s="112"/>
+      <c r="L311" s="113"/>
+      <c r="M311" s="114" t="s">
         <v>42</v>
       </c>
-      <c r="N311" s="113"/>
-[...2 lines deleted...]
-      <c r="Q311" s="113"/>
+      <c r="N311" s="114"/>
+      <c r="O311" s="114"/>
+      <c r="P311" s="114"/>
+      <c r="Q311" s="114"/>
       <c r="R311" s="55"/>
       <c r="S311" s="56"/>
       <c r="T311" s="57"/>
       <c r="U311" s="57"/>
       <c r="V311" s="57"/>
       <c r="W311" s="57"/>
       <c r="X311" s="57"/>
       <c r="Y311" s="58"/>
       <c r="Z311" s="57"/>
       <c r="AA311" s="57"/>
       <c r="AB311" s="57"/>
       <c r="AC311" s="57"/>
       <c r="AD311" s="58"/>
       <c r="AE311" s="58"/>
       <c r="AF311" s="58"/>
       <c r="AG311" s="58"/>
       <c r="AH311" s="58"/>
       <c r="AI311" s="58"/>
       <c r="AL311" s="28"/>
     </row>
     <row r="312" spans="2:40" s="59" customFormat="1" ht="24.75" x14ac:dyDescent="0.25">
       <c r="B312" s="63" t="s">
         <v>25</v>
       </c>
       <c r="C312" s="35" t="s">
@@ -23507,101 +23913,161 @@
       </c>
       <c r="Q320" s="76">
         <v>57582</v>
       </c>
       <c r="T320" s="6"/>
       <c r="U320" s="6"/>
       <c r="V320" s="6"/>
       <c r="W320" s="6"/>
       <c r="X320" s="6"/>
       <c r="Y320" s="6"/>
       <c r="Z320" s="6"/>
       <c r="AA320" s="6"/>
       <c r="AB320" s="6"/>
       <c r="AC320" s="6"/>
       <c r="AD320" s="6"/>
       <c r="AE320" s="6"/>
       <c r="AF320" s="6"/>
       <c r="AG320" s="6"/>
       <c r="AH320" s="6"/>
       <c r="AI320" s="6"/>
     </row>
     <row r="321" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B321" s="37" t="s">
         <v>17</v>
       </c>
-      <c r="C321" s="74"/>
-[...13 lines deleted...]
-      <c r="Q321" s="84"/>
+      <c r="C321" s="74">
+        <v>94</v>
+      </c>
+      <c r="D321" s="78">
+        <v>12387</v>
+      </c>
+      <c r="E321" s="74">
+        <v>7126</v>
+      </c>
+      <c r="F321" s="74">
+        <v>5261</v>
+      </c>
+      <c r="G321" s="79">
+        <v>12481</v>
+      </c>
+      <c r="H321" s="74">
+        <v>4692</v>
+      </c>
+      <c r="I321" s="74">
+        <v>5388</v>
+      </c>
+      <c r="J321" s="74">
+        <v>5086</v>
+      </c>
+      <c r="K321" s="74">
+        <v>302</v>
+      </c>
+      <c r="L321" s="79">
+        <v>10080</v>
+      </c>
+      <c r="M321" s="74">
+        <v>4786</v>
+      </c>
+      <c r="N321" s="74">
+        <v>17775</v>
+      </c>
+      <c r="O321" s="74">
+        <v>12212</v>
+      </c>
+      <c r="P321" s="74">
+        <v>5563</v>
+      </c>
+      <c r="Q321" s="84">
+        <v>22561</v>
+      </c>
       <c r="T321" s="6"/>
       <c r="U321" s="6"/>
       <c r="V321" s="6"/>
       <c r="W321" s="6"/>
       <c r="X321" s="6"/>
       <c r="Y321" s="6"/>
       <c r="Z321" s="6"/>
       <c r="AA321" s="6"/>
       <c r="AB321" s="6"/>
       <c r="AC321" s="6"/>
       <c r="AD321" s="6"/>
       <c r="AE321" s="6"/>
       <c r="AF321" s="6"/>
       <c r="AG321" s="6"/>
       <c r="AH321" s="6"/>
       <c r="AI321" s="6"/>
     </row>
     <row r="322" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B322" s="37" t="s">
         <v>18</v>
       </c>
-      <c r="C322" s="74"/>
-[...13 lines deleted...]
-      <c r="Q322" s="84"/>
+      <c r="C322" s="74">
+        <v>53</v>
+      </c>
+      <c r="D322" s="78">
+        <v>10826</v>
+      </c>
+      <c r="E322" s="74">
+        <v>6540</v>
+      </c>
+      <c r="F322" s="74">
+        <v>4286</v>
+      </c>
+      <c r="G322" s="79">
+        <v>10879</v>
+      </c>
+      <c r="H322" s="74">
+        <v>1786</v>
+      </c>
+      <c r="I322" s="74">
+        <v>5240</v>
+      </c>
+      <c r="J322" s="74">
+        <v>5003</v>
+      </c>
+      <c r="K322" s="74">
+        <v>237</v>
+      </c>
+      <c r="L322" s="79">
+        <v>7026</v>
+      </c>
+      <c r="M322" s="74">
+        <v>1839</v>
+      </c>
+      <c r="N322" s="74">
+        <v>16066</v>
+      </c>
+      <c r="O322" s="74">
+        <v>11543</v>
+      </c>
+      <c r="P322" s="74">
+        <v>4523</v>
+      </c>
+      <c r="Q322" s="84">
+        <v>17905</v>
+      </c>
       <c r="T322" s="6"/>
       <c r="U322" s="6"/>
       <c r="V322" s="6"/>
       <c r="W322" s="6"/>
       <c r="X322" s="6"/>
       <c r="Y322" s="6"/>
       <c r="Z322" s="6"/>
       <c r="AA322" s="6"/>
       <c r="AB322" s="6"/>
       <c r="AC322" s="6"/>
       <c r="AD322" s="6"/>
       <c r="AE322" s="6"/>
       <c r="AF322" s="6"/>
       <c r="AG322" s="6"/>
       <c r="AH322" s="6"/>
       <c r="AI322" s="6"/>
     </row>
     <row r="323" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B323" s="37" t="s">
         <v>19</v>
       </c>
       <c r="C323" s="74"/>
       <c r="D323" s="78"/>
       <c r="E323" s="74"/>
       <c r="F323" s="74"/>
@@ -23615,65 +24081,95 @@
       <c r="N323" s="74"/>
       <c r="O323" s="74"/>
       <c r="P323" s="74"/>
       <c r="Q323" s="84"/>
       <c r="T323" s="6"/>
       <c r="U323" s="6"/>
       <c r="V323" s="6"/>
       <c r="W323" s="6"/>
       <c r="X323" s="6"/>
       <c r="Y323" s="6"/>
       <c r="Z323" s="6"/>
       <c r="AA323" s="6"/>
       <c r="AB323" s="6"/>
       <c r="AC323" s="6"/>
       <c r="AD323" s="6"/>
       <c r="AE323" s="6"/>
       <c r="AF323" s="6"/>
       <c r="AG323" s="6"/>
       <c r="AH323" s="6"/>
       <c r="AI323" s="6"/>
     </row>
     <row r="324" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B324" s="39" t="s">
         <v>20</v>
       </c>
-      <c r="C324" s="76"/>
-[...13 lines deleted...]
-      <c r="Q324" s="76"/>
+      <c r="C324" s="76">
+        <v>147</v>
+      </c>
+      <c r="D324" s="76">
+        <v>23213</v>
+      </c>
+      <c r="E324" s="76">
+        <v>13666</v>
+      </c>
+      <c r="F324" s="76">
+        <v>9547</v>
+      </c>
+      <c r="G324" s="80">
+        <v>23360</v>
+      </c>
+      <c r="H324" s="76">
+        <v>6478</v>
+      </c>
+      <c r="I324" s="76">
+        <v>10628</v>
+      </c>
+      <c r="J324" s="76">
+        <v>10089</v>
+      </c>
+      <c r="K324" s="76">
+        <v>539</v>
+      </c>
+      <c r="L324" s="80">
+        <v>17106</v>
+      </c>
+      <c r="M324" s="76">
+        <v>6625</v>
+      </c>
+      <c r="N324" s="76">
+        <v>33841</v>
+      </c>
+      <c r="O324" s="76">
+        <v>23755</v>
+      </c>
+      <c r="P324" s="76">
+        <v>10086</v>
+      </c>
+      <c r="Q324" s="76">
+        <v>40466</v>
+      </c>
       <c r="T324" s="6"/>
       <c r="U324" s="6"/>
       <c r="V324" s="6"/>
       <c r="W324" s="6"/>
       <c r="X324" s="6"/>
       <c r="Y324" s="6"/>
       <c r="Z324" s="6"/>
       <c r="AA324" s="6"/>
       <c r="AB324" s="6"/>
       <c r="AC324" s="6"/>
       <c r="AD324" s="6"/>
       <c r="AE324" s="6"/>
       <c r="AF324" s="6"/>
       <c r="AG324" s="6"/>
       <c r="AH324" s="6"/>
       <c r="AI324" s="6"/>
     </row>
     <row r="325" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B325" s="37" t="s">
         <v>21</v>
       </c>
       <c r="C325" s="74"/>
       <c r="D325" s="78"/>
       <c r="E325" s="74"/>
       <c r="F325" s="74"/>
@@ -23748,93 +24244,93 @@
     <row r="328" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B328" s="39" t="s">
         <v>24</v>
       </c>
       <c r="C328" s="76"/>
       <c r="D328" s="76"/>
       <c r="E328" s="76"/>
       <c r="F328" s="76"/>
       <c r="G328" s="80"/>
       <c r="H328" s="76"/>
       <c r="I328" s="76"/>
       <c r="J328" s="76"/>
       <c r="K328" s="76"/>
       <c r="L328" s="80"/>
       <c r="M328" s="76"/>
       <c r="N328" s="76"/>
       <c r="O328" s="76"/>
       <c r="P328" s="76"/>
       <c r="Q328" s="76"/>
     </row>
     <row r="329" spans="2:35" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B329" s="62" t="s">
         <v>0</v>
       </c>
       <c r="C329" s="77">
-        <v>534</v>
+        <v>681</v>
       </c>
       <c r="D329" s="77">
-        <v>58020</v>
+        <v>81233</v>
       </c>
       <c r="E329" s="77">
-        <v>30256</v>
+        <v>43922</v>
       </c>
       <c r="F329" s="77">
-        <v>27764</v>
+        <v>37311</v>
       </c>
       <c r="G329" s="81">
-        <v>58554</v>
+        <v>81914</v>
       </c>
       <c r="H329" s="77">
-        <v>29097</v>
+        <v>35575</v>
       </c>
       <c r="I329" s="77">
-        <v>39190</v>
+        <v>49818</v>
       </c>
       <c r="J329" s="77">
-        <v>33027</v>
+        <v>43116</v>
       </c>
       <c r="K329" s="77">
-        <v>6163</v>
+        <v>6702</v>
       </c>
       <c r="L329" s="81">
-        <v>68287</v>
+        <v>85393</v>
       </c>
       <c r="M329" s="77">
-        <v>29631</v>
+        <v>36256</v>
       </c>
       <c r="N329" s="77">
-        <v>97210</v>
+        <v>131051</v>
       </c>
       <c r="O329" s="77">
-        <v>63283</v>
+        <v>87038</v>
       </c>
       <c r="P329" s="77">
-        <v>33927</v>
+        <v>44013</v>
       </c>
       <c r="Q329" s="85">
-        <v>126841</v>
+        <v>167307</v>
       </c>
     </row>
     <row r="330" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B330" s="3"/>
       <c r="C330" s="3"/>
       <c r="D330" s="3"/>
       <c r="E330" s="3"/>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3"/>
       <c r="I330" s="3"/>
       <c r="J330" s="3"/>
       <c r="K330" s="3"/>
       <c r="L330" s="3"/>
       <c r="M330" s="4"/>
     </row>
     <row r="331" spans="2:35" x14ac:dyDescent="0.25">
       <c r="B331" s="3"/>
       <c r="C331" s="3"/>
       <c r="D331" s="3"/>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3"/>
       <c r="I331" s="3"/>
@@ -24160,47 +24656,47 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>Tourism Summary June 2025</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'Tourism Summary June 2025'!PRINT_AREA_MI</vt:lpstr>
+      <vt:lpstr>Tourism Summary August 2025</vt:lpstr>
+      <vt:lpstr>'Tourism Summary August 2025'!Print_Area</vt:lpstr>
+      <vt:lpstr>'Tourism Summary August 2025'!PRINT_AREA_MI</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Government of Anguilla</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Avonelle Caragliano</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>